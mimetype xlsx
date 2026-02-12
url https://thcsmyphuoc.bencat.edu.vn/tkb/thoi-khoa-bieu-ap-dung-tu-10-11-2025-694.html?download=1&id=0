--- v0 (2025-11-17)
+++ v1 (2026-02-12)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="11102"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bcsgdbinhduongeduvn-my.sharepoint.com/personal/nghiantthcsmp_bc_sgdbinhduong_edu_vn/Documents/Onedrive/THCS My Phuoc/2025 - 2026/CNTT 2025/TKB 2025 - 2026/Lan 5 (17-11-2025)/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="7" documentId="8_{97720C61-D09A-4B5B-923F-E61D47865780}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A6A3CA1B-BB75-BE4F-97B1-D00CEE5B2C56}"/>
+  <xr:revisionPtr revIDLastSave="7" documentId="13_ncr:1_{8709054F-B554-4BEE-8E7F-9AEC913F581A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{800B900C-8DDA-42FA-A879-55BD8F97E265}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="18000" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="TKB_LOP_SC" sheetId="11" r:id="rId1"/>
     <sheet name="TKB_GV_SC" sheetId="14" r:id="rId2"/>
   </sheets>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1183" uniqueCount="375">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1168" uniqueCount="374">
   <si>
     <t>THỨ</t>
   </si>
   <si>
     <t>TIẾT</t>
   </si>
   <si>
     <t>TRƯỜNG THCS MỸ PHƯỚC
 Năm học 2025 - 2026
 Học kỳ 1</t>
   </si>
   <si>
     <t>Sáng</t>
   </si>
   <si>
     <t>Chiều</t>
   </si>
   <si>
     <t>Thực hiện từ ngày 17 tháng 11 năm 2025</t>
   </si>
   <si>
     <t xml:space="preserve">THỜI KHOÁ BIỂU </t>
   </si>
   <si>
     <t>Toán - Nguyệt</t>
@@ -1101,53 +1101,50 @@
     <t>Tin - 6A6</t>
   </si>
   <si>
     <t>HĐTN 2 - 6A2</t>
   </si>
   <si>
     <t>HĐTN 3 - 7A1</t>
   </si>
   <si>
     <t>AVBN - 6A3</t>
   </si>
   <si>
     <t>AVBN - 6A6</t>
   </si>
   <si>
     <t>AVBN - 6A4</t>
   </si>
   <si>
     <t>AVBN - 7A2</t>
   </si>
   <si>
     <t>Tin IC3 - 6A2</t>
   </si>
   <si>
     <t>Tin IC3 - 6A7</t>
-  </si>
-[...1 lines deleted...]
-    <t>SHDC</t>
   </si>
   <si>
     <t>HĐTN  - Nguyệt</t>
   </si>
   <si>
     <t>HĐTN-Thoa</t>
   </si>
   <si>
     <t>HĐTN-Thôi</t>
   </si>
   <si>
     <t>HĐTN-Chương</t>
   </si>
   <si>
     <t>AVBN-Bolt</t>
   </si>
   <si>
     <t>HĐTN  -C Lan</t>
   </si>
   <si>
     <t>STEM - 8A1,3</t>
   </si>
   <si>
     <t>TVHS</t>
   </si>
@@ -1495,79 +1492,79 @@
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
@@ -1823,241 +1820,241 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:AF32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="2" ySplit="5" topLeftCell="C6" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="5" topLeftCell="O6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="F1" sqref="F1:AC2"/>
+      <selection pane="bottomRight" activeCell="AD29" sqref="AD29"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="4.5" customWidth="1"/>
-    <col min="3" max="32" width="12" customWidth="1"/>
+    <col min="1" max="2" width="4.625" customWidth="1"/>
+    <col min="3" max="32" width="12.125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:32" ht="30" x14ac:dyDescent="0.2">
-      <c r="A1" s="22" t="s">
+    <row r="1" spans="1:32" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1" s="21" t="s">
         <v>2</v>
       </c>
-      <c r="B1" s="22"/>
-[...3 lines deleted...]
-      <c r="F1" s="23" t="s">
+      <c r="B1" s="21"/>
+      <c r="C1" s="21"/>
+      <c r="D1" s="21"/>
+      <c r="E1" s="21"/>
+      <c r="F1" s="27" t="s">
         <v>6</v>
       </c>
-      <c r="G1" s="23"/>
-[...21 lines deleted...]
-      <c r="AC1" s="23"/>
+      <c r="G1" s="27"/>
+      <c r="H1" s="27"/>
+      <c r="I1" s="27"/>
+      <c r="J1" s="27"/>
+      <c r="K1" s="27"/>
+      <c r="L1" s="27"/>
+      <c r="M1" s="27"/>
+      <c r="N1" s="27"/>
+      <c r="O1" s="27"/>
+      <c r="P1" s="27"/>
+      <c r="Q1" s="27"/>
+      <c r="R1" s="27"/>
+      <c r="S1" s="27"/>
+      <c r="T1" s="27"/>
+      <c r="U1" s="27"/>
+      <c r="V1" s="27"/>
+      <c r="W1" s="27"/>
+      <c r="X1" s="27"/>
+      <c r="Y1" s="27"/>
+      <c r="Z1" s="27"/>
+      <c r="AA1" s="27"/>
+      <c r="AB1" s="27"/>
+      <c r="AC1" s="27"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="1"/>
     </row>
-    <row r="2" spans="1:32" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="F2" s="24" t="s">
+    <row r="2" spans="1:32" x14ac:dyDescent="0.25">
+      <c r="A2" s="21"/>
+      <c r="B2" s="21"/>
+      <c r="C2" s="21"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
+      <c r="F2" s="28" t="s">
         <v>5</v>
       </c>
-      <c r="G2" s="24"/>
-[...21 lines deleted...]
-      <c r="AC2" s="24"/>
+      <c r="G2" s="28"/>
+      <c r="H2" s="28"/>
+      <c r="I2" s="28"/>
+      <c r="J2" s="28"/>
+      <c r="K2" s="28"/>
+      <c r="L2" s="28"/>
+      <c r="M2" s="28"/>
+      <c r="N2" s="28"/>
+      <c r="O2" s="28"/>
+      <c r="P2" s="28"/>
+      <c r="Q2" s="28"/>
+      <c r="R2" s="28"/>
+      <c r="S2" s="28"/>
+      <c r="T2" s="28"/>
+      <c r="U2" s="28"/>
+      <c r="V2" s="28"/>
+      <c r="W2" s="28"/>
+      <c r="X2" s="28"/>
+      <c r="Y2" s="28"/>
+      <c r="Z2" s="28"/>
+      <c r="AA2" s="28"/>
+      <c r="AB2" s="28"/>
+      <c r="AC2" s="28"/>
       <c r="AD2" s="2"/>
       <c r="AE2" s="2"/>
       <c r="AF2" s="3"/>
     </row>
-    <row r="3" spans="1:32" ht="4" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:32" ht="3.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="2"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
       <c r="O3" s="2"/>
       <c r="P3" s="2"/>
       <c r="Q3" s="2"/>
       <c r="R3" s="2"/>
       <c r="S3" s="2"/>
       <c r="T3" s="2"/>
       <c r="U3" s="2"/>
       <c r="V3" s="2"/>
       <c r="W3" s="2"/>
       <c r="X3" s="2"/>
       <c r="Y3" s="2"/>
       <c r="Z3" s="2"/>
       <c r="AA3" s="2"/>
       <c r="AB3" s="2"/>
       <c r="AC3" s="2"/>
       <c r="AD3" s="2"/>
       <c r="AE3" s="2"/>
       <c r="AF3" s="2"/>
     </row>
-    <row r="4" spans="1:32" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="27" t="s">
+    <row r="4" spans="1:32" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="25" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="27" t="s">
+      <c r="B4" s="25" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="25" t="s">
+      <c r="C4" s="23" t="s">
         <v>73</v>
       </c>
-      <c r="D4" s="26"/>
-      <c r="E4" s="25" t="s">
+      <c r="D4" s="24"/>
+      <c r="E4" s="23" t="s">
         <v>74</v>
       </c>
-      <c r="F4" s="26"/>
-      <c r="G4" s="25" t="s">
+      <c r="F4" s="24"/>
+      <c r="G4" s="23" t="s">
         <v>75</v>
       </c>
-      <c r="H4" s="26"/>
-      <c r="I4" s="25" t="s">
+      <c r="H4" s="24"/>
+      <c r="I4" s="23" t="s">
         <v>76</v>
       </c>
-      <c r="J4" s="26"/>
-      <c r="K4" s="25" t="s">
+      <c r="J4" s="24"/>
+      <c r="K4" s="23" t="s">
         <v>77</v>
       </c>
-      <c r="L4" s="26"/>
-      <c r="M4" s="25" t="s">
+      <c r="L4" s="24"/>
+      <c r="M4" s="23" t="s">
         <v>78</v>
       </c>
-      <c r="N4" s="26"/>
-      <c r="O4" s="25" t="s">
+      <c r="N4" s="24"/>
+      <c r="O4" s="23" t="s">
         <v>79</v>
       </c>
-      <c r="P4" s="26"/>
-      <c r="Q4" s="25" t="s">
+      <c r="P4" s="24"/>
+      <c r="Q4" s="23" t="s">
         <v>80</v>
       </c>
-      <c r="R4" s="26"/>
-      <c r="S4" s="25" t="s">
+      <c r="R4" s="24"/>
+      <c r="S4" s="23" t="s">
         <v>81</v>
       </c>
-      <c r="T4" s="26"/>
-      <c r="U4" s="25" t="s">
+      <c r="T4" s="24"/>
+      <c r="U4" s="23" t="s">
         <v>82</v>
       </c>
-      <c r="V4" s="26"/>
-      <c r="W4" s="25" t="s">
+      <c r="V4" s="24"/>
+      <c r="W4" s="23" t="s">
         <v>83</v>
       </c>
-      <c r="X4" s="26"/>
-      <c r="Y4" s="25" t="s">
+      <c r="X4" s="24"/>
+      <c r="Y4" s="23" t="s">
         <v>84</v>
       </c>
-      <c r="Z4" s="26"/>
-      <c r="AA4" s="25" t="s">
+      <c r="Z4" s="24"/>
+      <c r="AA4" s="23" t="s">
         <v>85</v>
       </c>
-      <c r="AB4" s="26"/>
-      <c r="AC4" s="25" t="s">
+      <c r="AB4" s="24"/>
+      <c r="AC4" s="23" t="s">
         <v>86</v>
       </c>
-      <c r="AD4" s="26"/>
-      <c r="AE4" s="25" t="s">
+      <c r="AD4" s="24"/>
+      <c r="AE4" s="23" t="s">
         <v>87</v>
       </c>
-      <c r="AF4" s="26"/>
+      <c r="AF4" s="24"/>
     </row>
-    <row r="5" spans="1:32" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B5" s="28"/>
+    <row r="5" spans="1:32" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="26"/>
+      <c r="B5" s="26"/>
       <c r="C5" s="13" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="14" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="13" t="s">
         <v>3</v>
       </c>
       <c r="F5" s="14" t="s">
         <v>4</v>
       </c>
       <c r="G5" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H5" s="14" t="s">
         <v>4</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>3</v>
       </c>
       <c r="J5" s="14" t="s">
         <v>4</v>
       </c>
       <c r="K5" s="13" t="s">
@@ -2105,461 +2102,420 @@
       <c r="Y5" s="13" t="s">
         <v>3</v>
       </c>
       <c r="Z5" s="14" t="s">
         <v>4</v>
       </c>
       <c r="AA5" s="13" t="s">
         <v>3</v>
       </c>
       <c r="AB5" s="14" t="s">
         <v>4</v>
       </c>
       <c r="AC5" s="13" t="s">
         <v>3</v>
       </c>
       <c r="AD5" s="14" t="s">
         <v>4</v>
       </c>
       <c r="AE5" s="13" t="s">
         <v>3</v>
       </c>
       <c r="AF5" s="14" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="6" spans="1:32" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="19">
+    <row r="6" spans="1:32" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="22">
         <v>2</v>
       </c>
       <c r="B6" s="4">
         <v>1</v>
       </c>
-      <c r="C6" s="7" t="s">
-        <v>360</v>
+      <c r="C6" s="9" t="s">
+        <v>365</v>
       </c>
       <c r="D6" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="E6" s="7" t="s">
+      <c r="E6" s="9" t="s">
         <v>360</v>
       </c>
       <c r="F6" s="8" t="s">
         <v>65</v>
       </c>
-      <c r="G6" s="7" t="s">
-        <v>360</v>
+      <c r="G6" s="9" t="s">
+        <v>28</v>
       </c>
       <c r="H6" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="I6" s="7" t="s">
-        <v>360</v>
+      <c r="I6" s="9" t="s">
+        <v>29</v>
       </c>
       <c r="J6" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="K6" s="7" t="s">
-        <v>360</v>
+      <c r="K6" s="9" t="s">
+        <v>34</v>
       </c>
       <c r="L6" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="M6" s="7" t="s">
-        <v>360</v>
+      <c r="M6" s="10" t="s">
+        <v>68</v>
       </c>
       <c r="N6" s="8" t="s">
         <v>32</v>
       </c>
-      <c r="O6" s="7" t="s">
-        <v>360</v>
+      <c r="O6" s="9" t="s">
+        <v>361</v>
       </c>
       <c r="P6" s="8" t="s">
         <v>25</v>
       </c>
-      <c r="Q6" s="7" t="s">
-        <v>360</v>
+      <c r="Q6" s="9" t="s">
+        <v>362</v>
       </c>
       <c r="R6" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="S6" s="7" t="s">
-        <v>360</v>
+      <c r="S6" s="9" t="s">
+        <v>363</v>
       </c>
       <c r="T6" s="8" t="s">
         <v>47</v>
       </c>
-      <c r="U6" s="7" t="s">
-        <v>360</v>
+      <c r="U6" s="9" t="s">
+        <v>49</v>
       </c>
       <c r="V6" s="8" t="s">
         <v>38</v>
       </c>
-      <c r="W6" s="7" t="s">
-        <v>360</v>
+      <c r="W6" s="9" t="s">
+        <v>51</v>
       </c>
       <c r="X6" s="8" t="s">
         <v>43</v>
       </c>
-      <c r="Y6" s="7" t="s">
-        <v>360</v>
+      <c r="Y6" s="9" t="s">
+        <v>54</v>
       </c>
       <c r="Z6" s="8" t="s">
         <v>46</v>
       </c>
-      <c r="AA6" s="7" t="s">
-        <v>360</v>
+      <c r="AA6" s="9" t="s">
+        <v>55</v>
       </c>
       <c r="AB6" s="8" t="s">
         <v>50</v>
       </c>
-      <c r="AC6" s="7" t="s">
-        <v>360</v>
+      <c r="AC6" s="9" t="s">
+        <v>59</v>
       </c>
       <c r="AD6" s="8" t="s">
         <v>31</v>
       </c>
-      <c r="AE6" s="7" t="s">
-        <v>360</v>
+      <c r="AE6" s="9" t="s">
+        <v>63</v>
       </c>
       <c r="AF6" s="8" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="7" spans="1:32" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="20"/>
+    <row r="7" spans="1:32" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="19"/>
       <c r="B7" s="5">
         <v>2</v>
       </c>
       <c r="C7" s="9" t="s">
-        <v>366</v>
+        <v>7</v>
       </c>
       <c r="D7" s="10" t="s">
         <v>31</v>
       </c>
       <c r="E7" s="9" t="s">
-        <v>361</v>
+        <v>17</v>
       </c>
       <c r="F7" s="10" t="s">
         <v>25</v>
       </c>
       <c r="G7" s="9" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="H7" s="10" t="s">
         <v>10</v>
       </c>
       <c r="I7" s="9" t="s">
         <v>29</v>
       </c>
       <c r="J7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="K7" s="9" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="L7" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="M7" s="10" t="s">
-        <v>68</v>
+      <c r="M7" s="9" t="s">
+        <v>22</v>
       </c>
       <c r="N7" s="10" t="s">
         <v>68</v>
       </c>
       <c r="O7" s="9" t="s">
-        <v>362</v>
+        <v>25</v>
       </c>
       <c r="P7" s="10" t="s">
         <v>8</v>
       </c>
       <c r="Q7" s="9" t="s">
-        <v>363</v>
+        <v>40</v>
       </c>
       <c r="R7" s="10" t="s">
         <v>40</v>
       </c>
       <c r="S7" s="9" t="s">
-        <v>364</v>
+        <v>8</v>
       </c>
       <c r="T7" s="10" t="s">
         <v>17</v>
       </c>
       <c r="U7" s="9" t="s">
-        <v>49</v>
+        <v>38</v>
       </c>
       <c r="V7" s="10" t="s">
         <v>26</v>
       </c>
       <c r="W7" s="9" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X7" s="10" t="s">
         <v>53</v>
       </c>
       <c r="Y7" s="9" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="Z7" s="10" t="s">
         <v>46</v>
       </c>
       <c r="AA7" s="9" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="AB7" s="10" t="s">
         <v>43</v>
       </c>
       <c r="AC7" s="9" t="s">
-        <v>59</v>
+        <v>30</v>
       </c>
       <c r="AD7" s="10" t="s">
         <v>13</v>
       </c>
       <c r="AE7" s="9" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="AF7" s="10" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="8" spans="1:32" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="20"/>
+    <row r="8" spans="1:32" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="19"/>
       <c r="B8" s="5">
         <v>3</v>
       </c>
       <c r="C8" s="9" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D8" s="10" t="s">
         <v>64</v>
       </c>
-      <c r="E8" s="9" t="s">
-        <v>17</v>
+      <c r="E8" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="F8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="G8" s="9" t="s">
         <v>26</v>
       </c>
       <c r="H8" s="10" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="9" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="J8" s="10" t="s">
         <v>9</v>
       </c>
       <c r="K8" s="9" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="L8" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M8" s="9" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="N8" s="10" t="s">
         <v>26</v>
       </c>
       <c r="O8" s="9" t="s">
         <v>25</v>
       </c>
       <c r="P8" s="10" t="s">
         <v>32</v>
       </c>
       <c r="Q8" s="9" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="R8" s="10" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="9" t="s">
-        <v>8</v>
+        <v>45</v>
       </c>
       <c r="T8" s="10" t="s">
         <v>46</v>
       </c>
       <c r="U8" s="9" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="V8" s="10" t="s">
         <v>8</v>
       </c>
       <c r="W8" s="9" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="X8" s="10" t="s">
         <v>70</v>
       </c>
       <c r="Y8" s="9" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="Z8" s="10" t="s">
         <v>16</v>
       </c>
       <c r="AA8" s="9" t="s">
-        <v>21</v>
+        <v>46</v>
       </c>
       <c r="AB8" s="10" t="s">
         <v>43</v>
       </c>
       <c r="AC8" s="9" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="AD8" s="10" t="s">
         <v>17</v>
       </c>
       <c r="AE8" s="9" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="AF8" s="10" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="9" spans="1:32" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="20"/>
+    <row r="9" spans="1:32" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="19"/>
       <c r="B9" s="5">
         <v>4</v>
       </c>
-      <c r="C9" s="9" t="s">
-        <v>8</v>
+      <c r="C9" s="11" t="s">
+        <v>9</v>
       </c>
       <c r="D9" s="10"/>
-      <c r="E9" s="7" t="s">
+      <c r="E9" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="F9" s="10"/>
+      <c r="G9" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="F9" s="10"/>
-      <c r="G9" s="9" t="s">
+      <c r="H9" s="10"/>
+      <c r="I9" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J9" s="10"/>
+      <c r="K9" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="L9" s="10"/>
+      <c r="M9" s="11" t="s">
         <v>26</v>
       </c>
-      <c r="H9" s="10"/>
-[...10 lines deleted...]
-      </c>
       <c r="N9" s="10"/>
-      <c r="O9" s="9" t="s">
-        <v>25</v>
+      <c r="O9" s="11" t="s">
+        <v>37</v>
       </c>
       <c r="P9" s="10"/>
-      <c r="Q9" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Q9" s="9"/>
       <c r="R9" s="10"/>
-      <c r="S9" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="S9" s="9"/>
       <c r="T9" s="10"/>
-      <c r="U9" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V9" s="10"/>
-      <c r="W9" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X9" s="10"/>
-      <c r="Y9" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z9" s="10"/>
-      <c r="AA9" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB9" s="10"/>
-      <c r="AC9" s="9" t="s">
-        <v>22</v>
+      <c r="AC9" s="11" t="s">
+        <v>57</v>
       </c>
       <c r="AD9" s="10"/>
-      <c r="AE9" s="9" t="s">
-        <v>9</v>
+      <c r="AE9" s="11" t="s">
+        <v>60</v>
       </c>
       <c r="AF9" s="10"/>
     </row>
-    <row r="10" spans="1:32" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="21"/>
+    <row r="10" spans="1:32" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="20"/>
       <c r="B10" s="6">
         <v>5</v>
       </c>
-      <c r="C10" s="11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C10" s="11"/>
       <c r="D10" s="12"/>
-      <c r="E10" s="11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E10" s="11"/>
       <c r="F10" s="12"/>
-      <c r="G10" s="11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H10" s="12"/>
-      <c r="I10" s="11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J10" s="12"/>
-      <c r="K10" s="11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L10" s="12"/>
-      <c r="M10" s="11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N10" s="12"/>
-      <c r="O10" s="11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P10" s="12"/>
       <c r="Q10" s="11"/>
       <c r="R10" s="12"/>
       <c r="S10" s="11"/>
       <c r="T10" s="12"/>
       <c r="U10" s="11"/>
       <c r="V10" s="12"/>
       <c r="W10" s="11"/>
       <c r="X10" s="12"/>
       <c r="Y10" s="11"/>
       <c r="Z10" s="12"/>
       <c r="AA10" s="11"/>
       <c r="AB10" s="12"/>
-      <c r="AC10" s="11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD10" s="12"/>
-      <c r="AE10" s="11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF10" s="12"/>
     </row>
-    <row r="11" spans="1:32" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:32" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="16">
         <v>3</v>
       </c>
       <c r="B11" s="4">
         <v>1</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>21</v>
       </c>
       <c r="F11" s="8" t="s">
         <v>36</v>
       </c>
       <c r="G11" s="7" t="s">
         <v>27</v>
       </c>
       <c r="H11" s="8" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="7" t="s">
@@ -2613,51 +2569,51 @@
       <c r="Y11" s="7" t="s">
         <v>35</v>
       </c>
       <c r="Z11" s="8" t="s">
         <v>43</v>
       </c>
       <c r="AA11" s="7" t="s">
         <v>31</v>
       </c>
       <c r="AB11" s="8" t="s">
         <v>53</v>
       </c>
       <c r="AC11" s="7" t="s">
         <v>45</v>
       </c>
       <c r="AD11" s="8" t="s">
         <v>71</v>
       </c>
       <c r="AE11" s="7" t="s">
         <v>61</v>
       </c>
       <c r="AF11" s="8" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="12" spans="1:32" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:32" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="17"/>
       <c r="B12" s="5">
         <v>2</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>11</v>
       </c>
       <c r="D12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G12" s="9" t="s">
         <v>28</v>
       </c>
       <c r="H12" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I12" s="9" t="s">
         <v>31</v>
       </c>
@@ -2709,51 +2665,51 @@
       <c r="Y12" s="9" t="s">
         <v>46</v>
       </c>
       <c r="Z12" s="10" t="s">
         <v>21</v>
       </c>
       <c r="AA12" s="9" t="s">
         <v>50</v>
       </c>
       <c r="AB12" s="10" t="s">
         <v>46</v>
       </c>
       <c r="AC12" s="9" t="s">
         <v>45</v>
       </c>
       <c r="AD12" s="10" t="s">
         <v>59</v>
       </c>
       <c r="AE12" s="9" t="s">
         <v>43</v>
       </c>
       <c r="AF12" s="10" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="13" spans="1:32" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:32" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="17"/>
       <c r="B13" s="5">
         <v>3</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D13" s="10" t="s">
         <v>19</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="10" t="s">
         <v>35</v>
       </c>
       <c r="G13" s="9" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="10" t="s">
         <v>20</v>
       </c>
       <c r="I13" s="9" t="s">
         <v>18</v>
       </c>
@@ -2805,51 +2761,51 @@
       <c r="Y13" s="9" t="s">
         <v>46</v>
       </c>
       <c r="Z13" s="10" t="s">
         <v>54</v>
       </c>
       <c r="AA13" s="9" t="s">
         <v>21</v>
       </c>
       <c r="AB13" s="10" t="s">
         <v>55</v>
       </c>
       <c r="AC13" s="9" t="s">
         <v>42</v>
       </c>
       <c r="AD13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="AE13" s="9" t="s">
         <v>62</v>
       </c>
       <c r="AF13" s="10" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="14" spans="1:32" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:32" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="17"/>
       <c r="B14" s="5">
         <v>4</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>13</v>
       </c>
       <c r="D14" s="10"/>
       <c r="E14" s="9" t="s">
         <v>24</v>
       </c>
       <c r="F14" s="10"/>
       <c r="G14" s="9" t="s">
         <v>22</v>
       </c>
       <c r="H14" s="10"/>
       <c r="I14" s="9" t="s">
         <v>32</v>
       </c>
       <c r="J14" s="10"/>
       <c r="K14" s="9" t="s">
         <v>16</v>
       </c>
       <c r="L14" s="10"/>
       <c r="M14" s="9" t="s">
@@ -2871,101 +2827,101 @@
       <c r="U14" s="9" t="s">
         <v>35</v>
       </c>
       <c r="V14" s="10"/>
       <c r="W14" s="9" t="s">
         <v>50</v>
       </c>
       <c r="X14" s="10"/>
       <c r="Y14" s="9" t="s">
         <v>17</v>
       </c>
       <c r="Z14" s="10"/>
       <c r="AA14" s="9" t="s">
         <v>46</v>
       </c>
       <c r="AB14" s="10"/>
       <c r="AC14" s="9" t="s">
         <v>42</v>
       </c>
       <c r="AD14" s="10"/>
       <c r="AE14" s="9" t="s">
         <v>18</v>
       </c>
       <c r="AF14" s="10"/>
     </row>
-    <row r="15" spans="1:32" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:32" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="18"/>
       <c r="B15" s="6">
         <v>5</v>
       </c>
       <c r="C15" s="11"/>
       <c r="D15" s="12"/>
       <c r="E15" s="11"/>
       <c r="F15" s="12"/>
       <c r="G15" s="11"/>
       <c r="H15" s="12"/>
       <c r="I15" s="11"/>
       <c r="J15" s="12"/>
       <c r="K15" s="11"/>
       <c r="L15" s="12"/>
       <c r="M15" s="11"/>
       <c r="N15" s="12"/>
       <c r="O15" s="11"/>
       <c r="P15" s="12"/>
       <c r="Q15" s="11"/>
       <c r="R15" s="12"/>
       <c r="S15" s="11"/>
       <c r="T15" s="12"/>
       <c r="U15" s="11"/>
       <c r="V15" s="12"/>
       <c r="W15" s="11"/>
       <c r="X15" s="12"/>
       <c r="Y15" s="11"/>
       <c r="Z15" s="12"/>
       <c r="AA15" s="11"/>
       <c r="AB15" s="12"/>
       <c r="AC15" s="11"/>
       <c r="AD15" s="12"/>
       <c r="AE15" s="11"/>
       <c r="AF15" s="12"/>
     </row>
-    <row r="16" spans="1:32" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:32" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="16">
         <v>4</v>
       </c>
       <c r="B16" s="4">
         <v>1</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="9" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="F16" s="8" t="s">
         <v>27</v>
       </c>
       <c r="G16" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H16" s="8" t="s">
         <v>19</v>
       </c>
       <c r="I16" s="7" t="s">
         <v>30</v>
       </c>
       <c r="J16" s="8" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="7" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="8" t="s">
         <v>34</v>
       </c>
       <c r="M16" s="7" t="s">
         <v>26</v>
       </c>
@@ -3005,51 +2961,51 @@
       <c r="Y16" s="7" t="s">
         <v>52</v>
       </c>
       <c r="Z16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="AA16" s="7" t="s">
         <v>46</v>
       </c>
       <c r="AB16" s="8" t="s">
         <v>35</v>
       </c>
       <c r="AC16" s="7" t="s">
         <v>42</v>
       </c>
       <c r="AD16" s="8" t="s">
         <v>8</v>
       </c>
       <c r="AE16" s="7" t="s">
         <v>13</v>
       </c>
       <c r="AF16" s="8" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="17" spans="1:32" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:32" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="17"/>
       <c r="B17" s="5">
         <v>2</v>
       </c>
       <c r="C17" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D17" s="10" t="s">
         <v>7</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>7</v>
       </c>
       <c r="F17" s="10" t="s">
         <v>25</v>
       </c>
       <c r="G17" s="9" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="10" t="s">
         <v>10</v>
       </c>
       <c r="I17" s="9" t="s">
         <v>19</v>
       </c>
@@ -3101,51 +3057,51 @@
       <c r="Y17" s="9" t="s">
         <v>47</v>
       </c>
       <c r="Z17" s="10" t="s">
         <v>14</v>
       </c>
       <c r="AA17" s="9" t="s">
         <v>40</v>
       </c>
       <c r="AB17" s="10" t="s">
         <v>8</v>
       </c>
       <c r="AC17" s="9" t="s">
         <v>58</v>
       </c>
       <c r="AD17" s="10" t="s">
         <v>35</v>
       </c>
       <c r="AE17" s="9" t="s">
         <v>10</v>
       </c>
       <c r="AF17" s="10" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="18" spans="1:32" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:32" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="17"/>
       <c r="B18" s="5">
         <v>3</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>16</v>
       </c>
       <c r="D18" s="10" t="s">
         <v>18</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>21</v>
       </c>
       <c r="F18" s="10" t="s">
         <v>16</v>
       </c>
       <c r="G18" s="9" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="10" t="s">
         <v>27</v>
       </c>
       <c r="I18" s="9" t="s">
         <v>33</v>
       </c>
@@ -3197,51 +3153,51 @@
       <c r="Y18" s="9" t="s">
         <v>43</v>
       </c>
       <c r="Z18" s="10" t="s">
         <v>35</v>
       </c>
       <c r="AA18" s="9" t="s">
         <v>55</v>
       </c>
       <c r="AB18" s="10" t="s">
         <v>14</v>
       </c>
       <c r="AC18" s="9" t="s">
         <v>30</v>
       </c>
       <c r="AD18" s="10" t="s">
         <v>72</v>
       </c>
       <c r="AE18" s="9" t="s">
         <v>60</v>
       </c>
       <c r="AF18" s="10" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="19" spans="1:32" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:32" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="17"/>
       <c r="B19" s="5">
         <v>4</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>17</v>
       </c>
       <c r="D19" s="10"/>
       <c r="E19" s="9" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="10"/>
       <c r="G19" s="9" t="s">
         <v>24</v>
       </c>
       <c r="H19" s="10"/>
       <c r="I19" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J19" s="10"/>
       <c r="K19" s="9" t="s">
         <v>10</v>
       </c>
       <c r="L19" s="10"/>
       <c r="M19" s="9" t="s">
@@ -3263,87 +3219,87 @@
       <c r="U19" s="9" t="s">
         <v>44</v>
       </c>
       <c r="V19" s="10"/>
       <c r="W19" s="9" t="s">
         <v>40</v>
       </c>
       <c r="X19" s="10"/>
       <c r="Y19" s="9" t="s">
         <v>53</v>
       </c>
       <c r="Z19" s="10"/>
       <c r="AA19" s="9" t="s">
         <v>21</v>
       </c>
       <c r="AB19" s="10"/>
       <c r="AC19" s="9" t="s">
         <v>16</v>
       </c>
       <c r="AD19" s="10"/>
       <c r="AE19" s="9" t="s">
         <v>9</v>
       </c>
       <c r="AF19" s="10"/>
     </row>
-    <row r="20" spans="1:32" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:32" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="18"/>
       <c r="B20" s="6">
         <v>5</v>
       </c>
       <c r="C20" s="11"/>
       <c r="D20" s="12"/>
       <c r="E20" s="11"/>
       <c r="F20" s="12"/>
       <c r="G20" s="11"/>
       <c r="H20" s="12"/>
       <c r="I20" s="11"/>
       <c r="J20" s="12"/>
       <c r="K20" s="11"/>
       <c r="L20" s="12"/>
       <c r="M20" s="11"/>
       <c r="N20" s="12"/>
       <c r="O20" s="11"/>
       <c r="P20" s="12"/>
       <c r="Q20" s="11"/>
       <c r="R20" s="12"/>
       <c r="S20" s="11"/>
       <c r="T20" s="12"/>
       <c r="U20" s="11"/>
       <c r="V20" s="12"/>
       <c r="W20" s="11"/>
       <c r="X20" s="12"/>
       <c r="Y20" s="11"/>
       <c r="Z20" s="12"/>
       <c r="AA20" s="11"/>
       <c r="AB20" s="12"/>
       <c r="AC20" s="11"/>
       <c r="AD20" s="12"/>
       <c r="AE20" s="11"/>
       <c r="AF20" s="12"/>
     </row>
-    <row r="21" spans="1:32" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:32" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="16">
         <v>5</v>
       </c>
       <c r="B21" s="4">
         <v>1</v>
       </c>
       <c r="C21" s="7" t="s">
         <v>18</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>22</v>
       </c>
       <c r="E21" s="7" t="s">
         <v>24</v>
       </c>
       <c r="F21" s="8" t="s">
         <v>35</v>
       </c>
       <c r="G21" s="7" t="s">
         <v>8</v>
       </c>
       <c r="H21" s="8" t="s">
         <v>19</v>
       </c>
       <c r="I21" s="7" t="s">
@@ -3397,51 +3353,51 @@
       <c r="Y21" s="7" t="s">
         <v>7</v>
       </c>
       <c r="Z21" s="8" t="s">
         <v>45</v>
       </c>
       <c r="AA21" s="7" t="s">
         <v>35</v>
       </c>
       <c r="AB21" s="8" t="s">
         <v>47</v>
       </c>
       <c r="AC21" s="7" t="s">
         <v>42</v>
       </c>
       <c r="AD21" s="8" t="s">
         <v>71</v>
       </c>
       <c r="AE21" s="7" t="s">
         <v>57</v>
       </c>
       <c r="AF21" s="8" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="22" spans="1:32" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:32" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="17"/>
       <c r="B22" s="5">
         <v>2</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>18</v>
       </c>
       <c r="D22" s="10" t="s">
         <v>7</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>24</v>
       </c>
       <c r="F22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="G22" s="9" t="s">
         <v>22</v>
       </c>
       <c r="H22" s="10" t="s">
         <v>20</v>
       </c>
       <c r="I22" s="9" t="s">
         <v>15</v>
       </c>
@@ -3493,147 +3449,147 @@
       <c r="Y22" s="9" t="s">
         <v>7</v>
       </c>
       <c r="Z22" s="10" t="s">
         <v>47</v>
       </c>
       <c r="AA22" s="9" t="s">
         <v>50</v>
       </c>
       <c r="AB22" s="10" t="s">
         <v>43</v>
       </c>
       <c r="AC22" s="9" t="s">
         <v>35</v>
       </c>
       <c r="AD22" s="10" t="s">
         <v>24</v>
       </c>
       <c r="AE22" s="9" t="s">
         <v>43</v>
       </c>
       <c r="AF22" s="10" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="23" spans="1:32" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:32" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="17"/>
       <c r="B23" s="5">
         <v>3</v>
       </c>
       <c r="C23" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D23" s="10" t="s">
         <v>18</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F23" s="10" t="s">
         <v>20</v>
       </c>
       <c r="G23" s="9" t="s">
         <v>7</v>
       </c>
       <c r="H23" s="10" t="s">
         <v>7</v>
       </c>
       <c r="I23" s="9" t="s">
         <v>30</v>
       </c>
       <c r="J23" s="10" t="s">
         <v>19</v>
       </c>
       <c r="K23" s="9" t="s">
         <v>32</v>
       </c>
       <c r="L23" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M23" s="9" t="s">
         <v>22</v>
       </c>
       <c r="N23" s="10" t="s">
         <v>35</v>
       </c>
       <c r="O23" s="9" t="s">
         <v>13</v>
       </c>
       <c r="P23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="Q23" s="9" t="s">
         <v>44</v>
       </c>
       <c r="R23" s="10" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="S23" s="9" t="s">
         <v>45</v>
       </c>
       <c r="T23" s="10" t="s">
         <v>30</v>
       </c>
       <c r="U23" s="9" t="s">
         <v>42</v>
       </c>
       <c r="V23" s="10" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="W23" s="9" t="s">
         <v>43</v>
       </c>
       <c r="X23" s="10" t="s">
         <v>51</v>
       </c>
       <c r="Y23" s="9" t="s">
         <v>8</v>
       </c>
       <c r="Z23" s="10" t="s">
         <v>43</v>
       </c>
       <c r="AA23" s="9" t="s">
         <v>40</v>
       </c>
       <c r="AB23" s="10" t="s">
         <v>17</v>
       </c>
       <c r="AC23" s="9" t="s">
         <v>24</v>
       </c>
       <c r="AD23" s="10" t="s">
         <v>45</v>
       </c>
       <c r="AE23" s="9" t="s">
         <v>63</v>
       </c>
       <c r="AF23" s="10" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="24" spans="1:32" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:32" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="17"/>
       <c r="B24" s="5">
         <v>4</v>
       </c>
       <c r="C24" s="9" t="s">
         <v>19</v>
       </c>
       <c r="D24" s="10"/>
       <c r="E24" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F24" s="10"/>
       <c r="G24" s="9" t="s">
         <v>7</v>
       </c>
       <c r="H24" s="10"/>
       <c r="I24" s="9" t="s">
         <v>17</v>
       </c>
       <c r="J24" s="10"/>
       <c r="K24" s="9" t="s">
         <v>32</v>
       </c>
       <c r="L24" s="10"/>
       <c r="M24" s="9" t="s">
@@ -3655,87 +3611,87 @@
       <c r="U24" s="9" t="s">
         <v>42</v>
       </c>
       <c r="V24" s="10"/>
       <c r="W24" s="9" t="s">
         <v>43</v>
       </c>
       <c r="X24" s="10"/>
       <c r="Y24" s="9" t="s">
         <v>45</v>
       </c>
       <c r="Z24" s="10"/>
       <c r="AA24" s="9" t="s">
         <v>47</v>
       </c>
       <c r="AB24" s="10"/>
       <c r="AC24" s="9" t="s">
         <v>24</v>
       </c>
       <c r="AD24" s="10"/>
       <c r="AE24" s="9" t="s">
         <v>18</v>
       </c>
       <c r="AF24" s="10"/>
     </row>
-    <row r="25" spans="1:32" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:32" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="18"/>
       <c r="B25" s="6">
         <v>5</v>
       </c>
       <c r="C25" s="11"/>
       <c r="D25" s="12"/>
       <c r="E25" s="11"/>
       <c r="F25" s="12"/>
       <c r="G25" s="11"/>
       <c r="H25" s="12"/>
       <c r="I25" s="11"/>
       <c r="J25" s="12"/>
       <c r="K25" s="11"/>
       <c r="L25" s="12"/>
       <c r="M25" s="11"/>
       <c r="N25" s="12"/>
       <c r="O25" s="11"/>
       <c r="P25" s="12"/>
       <c r="Q25" s="11"/>
       <c r="R25" s="12"/>
       <c r="S25" s="11"/>
       <c r="T25" s="12"/>
       <c r="U25" s="11"/>
       <c r="V25" s="12"/>
       <c r="W25" s="11"/>
       <c r="X25" s="12"/>
       <c r="Y25" s="11"/>
       <c r="Z25" s="12"/>
       <c r="AA25" s="11"/>
       <c r="AB25" s="12"/>
       <c r="AC25" s="11"/>
       <c r="AD25" s="12"/>
       <c r="AE25" s="11"/>
       <c r="AF25" s="12"/>
     </row>
-    <row r="26" spans="1:32" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:32" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="16">
         <v>6</v>
       </c>
       <c r="B26" s="4">
         <v>1</v>
       </c>
       <c r="C26" s="7" t="s">
         <v>7</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>9</v>
       </c>
       <c r="E26" s="7" t="s">
         <v>24</v>
       </c>
       <c r="F26" s="8" t="s">
         <v>31</v>
       </c>
       <c r="G26" s="7" t="s">
         <v>10</v>
       </c>
       <c r="H26" s="8" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="7" t="s">
@@ -3789,147 +3745,147 @@
       <c r="Y26" s="7" t="s">
         <v>54</v>
       </c>
       <c r="Z26" s="8" t="s">
         <v>13</v>
       </c>
       <c r="AA26" s="7" t="s">
         <v>50</v>
       </c>
       <c r="AB26" s="8" t="s">
         <v>40</v>
       </c>
       <c r="AC26" s="7" t="s">
         <v>59</v>
       </c>
       <c r="AD26" s="8" t="s">
         <v>72</v>
       </c>
       <c r="AE26" s="7" t="s">
         <v>35</v>
       </c>
       <c r="AF26" s="8" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="27" spans="1:32" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:32" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="17"/>
       <c r="B27" s="5">
         <v>2</v>
       </c>
       <c r="C27" s="9" t="s">
         <v>20</v>
       </c>
       <c r="D27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>7</v>
       </c>
       <c r="F27" s="10" t="s">
         <v>27</v>
       </c>
       <c r="G27" s="9" t="s">
         <v>26</v>
       </c>
       <c r="H27" s="10" t="s">
         <v>26</v>
       </c>
       <c r="I27" s="9" t="s">
         <v>29</v>
       </c>
       <c r="J27" s="10" t="s">
         <v>9</v>
       </c>
       <c r="K27" s="9" t="s">
         <v>13</v>
       </c>
       <c r="L27" s="10" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="9" t="s">
         <v>10</v>
       </c>
       <c r="N27" s="10" t="s">
         <v>13</v>
       </c>
       <c r="O27" s="9" t="s">
         <v>35</v>
       </c>
       <c r="P27" s="10" t="s">
         <v>32</v>
       </c>
       <c r="Q27" s="9" t="s">
         <v>30</v>
       </c>
       <c r="R27" s="10" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="S27" s="9" t="s">
         <v>31</v>
       </c>
       <c r="T27" s="10" t="s">
         <v>42</v>
       </c>
       <c r="U27" s="9" t="s">
         <v>16</v>
       </c>
       <c r="V27" s="10" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="W27" s="9" t="s">
         <v>21</v>
       </c>
       <c r="X27" s="10" t="s">
         <v>46</v>
       </c>
       <c r="Y27" s="9" t="s">
         <v>45</v>
       </c>
       <c r="Z27" s="10" t="s">
         <v>21</v>
       </c>
       <c r="AA27" s="9" t="s">
         <v>56</v>
       </c>
       <c r="AB27" s="10" t="s">
         <v>40</v>
       </c>
       <c r="AC27" s="9" t="s">
         <v>24</v>
       </c>
       <c r="AD27" s="10" t="s">
         <v>45</v>
       </c>
       <c r="AE27" s="9" t="s">
         <v>50</v>
       </c>
       <c r="AF27" s="10" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="28" spans="1:32" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:32" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="17"/>
       <c r="B28" s="5">
         <v>3</v>
       </c>
       <c r="C28" s="9" t="s">
         <v>10</v>
       </c>
       <c r="D28" s="10"/>
       <c r="E28" s="9" t="s">
         <v>7</v>
       </c>
       <c r="F28" s="10"/>
       <c r="G28" s="9" t="s">
         <v>23</v>
       </c>
       <c r="H28" s="10"/>
       <c r="I28" s="9" t="s">
         <v>22</v>
       </c>
       <c r="J28" s="10"/>
       <c r="K28" s="9" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="10"/>
       <c r="M28" s="9" t="s">
@@ -3951,51 +3907,51 @@
       <c r="U28" s="9" t="s">
         <v>49</v>
       </c>
       <c r="V28" s="10"/>
       <c r="W28" s="9" t="s">
         <v>50</v>
       </c>
       <c r="X28" s="10"/>
       <c r="Y28" s="9" t="s">
         <v>45</v>
       </c>
       <c r="Z28" s="10"/>
       <c r="AA28" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AB28" s="10"/>
       <c r="AC28" s="9" t="s">
         <v>30</v>
       </c>
       <c r="AD28" s="10"/>
       <c r="AE28" s="9" t="s">
         <v>9</v>
       </c>
       <c r="AF28" s="10"/>
     </row>
-    <row r="29" spans="1:32" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:32" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="17"/>
       <c r="B29" s="5">
         <v>4</v>
       </c>
       <c r="C29" s="9" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="10"/>
       <c r="E29" s="9" t="s">
         <v>20</v>
       </c>
       <c r="F29" s="10"/>
       <c r="G29" s="9" t="s">
         <v>22</v>
       </c>
       <c r="H29" s="10"/>
       <c r="I29" s="9" t="s">
         <v>13</v>
       </c>
       <c r="J29" s="10"/>
       <c r="K29" s="9" t="s">
         <v>31</v>
       </c>
       <c r="L29" s="10"/>
       <c r="M29" s="9" t="s">
@@ -4017,231 +3973,231 @@
       <c r="U29" s="9" t="s">
         <v>26</v>
       </c>
       <c r="V29" s="10"/>
       <c r="W29" s="9" t="s">
         <v>46</v>
       </c>
       <c r="X29" s="10"/>
       <c r="Y29" s="9" t="s">
         <v>7</v>
       </c>
       <c r="Z29" s="10"/>
       <c r="AA29" s="9" t="s">
         <v>16</v>
       </c>
       <c r="AB29" s="10"/>
       <c r="AC29" s="9" t="s">
         <v>58</v>
       </c>
       <c r="AD29" s="10"/>
       <c r="AE29" s="9" t="s">
         <v>10</v>
       </c>
       <c r="AF29" s="10"/>
     </row>
-    <row r="30" spans="1:32" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:32" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="18"/>
       <c r="B30" s="6">
         <v>5</v>
       </c>
       <c r="C30" s="11"/>
       <c r="D30" s="12"/>
       <c r="E30" s="11"/>
       <c r="F30" s="12"/>
       <c r="G30" s="11"/>
       <c r="H30" s="12"/>
       <c r="I30" s="11"/>
       <c r="J30" s="12"/>
       <c r="K30" s="11"/>
       <c r="L30" s="12"/>
       <c r="M30" s="11"/>
       <c r="N30" s="12"/>
       <c r="O30" s="11"/>
       <c r="P30" s="12"/>
       <c r="Q30" s="11" t="s">
         <v>16</v>
       </c>
       <c r="R30" s="12"/>
       <c r="S30" s="11" t="s">
         <v>37</v>
       </c>
       <c r="T30" s="12"/>
       <c r="U30" s="11" t="s">
         <v>41</v>
       </c>
       <c r="V30" s="12"/>
       <c r="W30" s="11"/>
       <c r="X30" s="12"/>
       <c r="Y30" s="11"/>
       <c r="Z30" s="12"/>
       <c r="AA30" s="11"/>
       <c r="AB30" s="12"/>
       <c r="AC30" s="11" t="s">
         <v>22</v>
       </c>
       <c r="AD30" s="12"/>
       <c r="AE30" s="11" t="s">
         <v>62</v>
       </c>
       <c r="AF30" s="12"/>
     </row>
-    <row r="31" spans="1:32" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:32" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="16">
         <v>7</v>
       </c>
       <c r="B31" s="4">
         <v>1</v>
       </c>
       <c r="C31" s="7"/>
       <c r="D31" s="8"/>
       <c r="E31" s="7"/>
       <c r="F31" s="8"/>
       <c r="G31" s="7"/>
       <c r="H31" s="8"/>
       <c r="I31" s="7"/>
       <c r="J31" s="8"/>
       <c r="K31" s="7"/>
       <c r="L31" s="8"/>
       <c r="M31" s="7"/>
       <c r="N31" s="8"/>
       <c r="O31" s="7"/>
       <c r="P31" s="8"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="8"/>
       <c r="S31" s="7"/>
       <c r="T31" s="8"/>
       <c r="U31" s="7"/>
       <c r="V31" s="8"/>
       <c r="W31" s="7"/>
       <c r="X31" s="8"/>
       <c r="Y31" s="7"/>
       <c r="Z31" s="8"/>
       <c r="AA31" s="7"/>
       <c r="AB31" s="8"/>
       <c r="AC31" s="7"/>
       <c r="AD31" s="8"/>
       <c r="AE31" s="7"/>
       <c r="AF31" s="8"/>
     </row>
-    <row r="32" spans="1:32" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:32" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="17"/>
       <c r="B32" s="5">
         <v>2</v>
       </c>
       <c r="C32" s="9"/>
       <c r="D32" s="10"/>
       <c r="E32" s="9"/>
       <c r="F32" s="10"/>
       <c r="G32" s="9"/>
       <c r="H32" s="10"/>
       <c r="I32" s="9"/>
       <c r="J32" s="10"/>
       <c r="K32" s="9"/>
       <c r="L32" s="10"/>
       <c r="M32" s="9"/>
       <c r="N32" s="10"/>
       <c r="O32" s="9"/>
       <c r="P32" s="10"/>
       <c r="Q32" s="9"/>
       <c r="R32" s="10"/>
       <c r="S32" s="9"/>
       <c r="T32" s="10"/>
       <c r="U32" s="9"/>
       <c r="V32" s="10"/>
       <c r="W32" s="9"/>
       <c r="X32" s="10"/>
       <c r="Y32" s="9"/>
       <c r="Z32" s="10"/>
       <c r="AA32" s="9"/>
       <c r="AB32" s="10"/>
       <c r="AC32" s="9"/>
       <c r="AD32" s="10"/>
       <c r="AE32" s="9"/>
       <c r="AF32" s="10"/>
     </row>
   </sheetData>
   <mergeCells count="26">
-    <mergeCell ref="AE4:AF4"/>
-[...8 lines deleted...]
-    <mergeCell ref="AA4:AB4"/>
     <mergeCell ref="A1:E2"/>
     <mergeCell ref="F1:AC1"/>
     <mergeCell ref="F2:AC2"/>
     <mergeCell ref="A6:A10"/>
     <mergeCell ref="A11:A15"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="Q4:R4"/>
     <mergeCell ref="S4:T4"/>
     <mergeCell ref="U4:V4"/>
+    <mergeCell ref="AE4:AF4"/>
+    <mergeCell ref="A16:A20"/>
+    <mergeCell ref="A21:A25"/>
+    <mergeCell ref="A26:A30"/>
+    <mergeCell ref="A31:A32"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="B4:B5"/>
+    <mergeCell ref="W4:X4"/>
+    <mergeCell ref="Y4:Z4"/>
+    <mergeCell ref="AA4:AB4"/>
   </mergeCells>
   <printOptions verticalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0" top="0" bottom="0" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:BL32"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="2" ySplit="5" topLeftCell="F6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="B33" sqref="A33:XFD35"/>
+      <selection pane="bottomRight" activeCell="L24" sqref="L24"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="4.5" customWidth="1"/>
-    <col min="3" max="64" width="12" customWidth="1"/>
+    <col min="1" max="2" width="4.625" customWidth="1"/>
+    <col min="3" max="64" width="12.125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:64" ht="30" x14ac:dyDescent="0.2">
-      <c r="A1" s="22" t="s">
+    <row r="1" spans="1:64" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1" s="21" t="s">
         <v>2</v>
       </c>
-      <c r="B1" s="22"/>
-[...2 lines deleted...]
-      <c r="E1" s="22"/>
+      <c r="B1" s="21"/>
+      <c r="C1" s="21"/>
+      <c r="D1" s="21"/>
+      <c r="E1" s="21"/>
       <c r="F1" s="15" t="s">
         <v>6</v>
       </c>
       <c r="G1" s="15"/>
       <c r="H1" s="15"/>
       <c r="I1" s="15"/>
       <c r="J1" s="15"/>
       <c r="K1" s="15"/>
       <c r="L1" s="15"/>
       <c r="M1" s="15"/>
       <c r="N1" s="15"/>
       <c r="O1" s="15"/>
       <c r="P1" s="15"/>
       <c r="Q1" s="15"/>
       <c r="R1" s="15"/>
       <c r="S1" s="15"/>
       <c r="T1" s="15"/>
       <c r="U1" s="15"/>
       <c r="V1" s="15"/>
       <c r="W1" s="15"/>
       <c r="X1" s="15"/>
       <c r="Y1" s="15"/>
       <c r="Z1" s="15"/>
       <c r="AA1" s="15"/>
       <c r="AB1" s="15"/>
@@ -4260,56 +4216,56 @@
       <c r="AO1" s="15"/>
       <c r="AP1" s="15"/>
       <c r="AQ1" s="15"/>
       <c r="AR1" s="15"/>
       <c r="AS1" s="15"/>
       <c r="AT1" s="15"/>
       <c r="AU1" s="15"/>
       <c r="AV1" s="15"/>
       <c r="AW1" s="15"/>
       <c r="AX1" s="15"/>
       <c r="AY1" s="15"/>
       <c r="AZ1" s="15"/>
       <c r="BA1" s="15"/>
       <c r="BB1" s="15"/>
       <c r="BC1" s="15"/>
       <c r="BD1" s="15"/>
       <c r="BE1" s="15"/>
       <c r="BF1" s="15"/>
       <c r="BG1" s="15"/>
       <c r="BH1" s="15"/>
       <c r="BI1" s="15"/>
       <c r="BJ1" s="1"/>
       <c r="BK1" s="1"/>
       <c r="BL1" s="1"/>
     </row>
-    <row r="2" spans="1:64" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="E2" s="22"/>
+    <row r="2" spans="1:64" x14ac:dyDescent="0.25">
+      <c r="A2" s="21"/>
+      <c r="B2" s="21"/>
+      <c r="C2" s="21"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
       <c r="F2" s="29" t="s">
         <v>5</v>
       </c>
       <c r="G2" s="29"/>
       <c r="H2" s="29"/>
       <c r="I2" s="29"/>
       <c r="J2" s="29"/>
       <c r="K2" s="29"/>
       <c r="L2" s="29"/>
       <c r="M2" s="29"/>
       <c r="N2" s="29"/>
       <c r="O2" s="29"/>
       <c r="P2" s="29"/>
       <c r="Q2" s="29"/>
       <c r="R2" s="29"/>
       <c r="S2" s="29"/>
       <c r="T2" s="29"/>
       <c r="U2" s="29"/>
       <c r="V2" s="29"/>
       <c r="W2" s="29"/>
       <c r="X2" s="29"/>
       <c r="Y2" s="29"/>
       <c r="Z2" s="29"/>
       <c r="AA2" s="29"/>
       <c r="AB2" s="29"/>
@@ -4328,51 +4284,51 @@
       <c r="AO2" s="29"/>
       <c r="AP2" s="29"/>
       <c r="AQ2" s="29"/>
       <c r="AR2" s="29"/>
       <c r="AS2" s="29"/>
       <c r="AT2" s="29"/>
       <c r="AU2" s="29"/>
       <c r="AV2" s="29"/>
       <c r="AW2" s="29"/>
       <c r="AX2" s="29"/>
       <c r="AY2" s="29"/>
       <c r="AZ2" s="29"/>
       <c r="BA2" s="29"/>
       <c r="BB2" s="29"/>
       <c r="BC2" s="29"/>
       <c r="BD2" s="29"/>
       <c r="BE2" s="29"/>
       <c r="BF2" s="29"/>
       <c r="BG2" s="29"/>
       <c r="BH2" s="29"/>
       <c r="BI2" s="29"/>
       <c r="BJ2" s="2"/>
       <c r="BK2" s="2"/>
       <c r="BL2" s="3"/>
     </row>
-    <row r="3" spans="1:64" ht="4" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:64" ht="3.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="2"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
       <c r="O3" s="2"/>
       <c r="P3" s="2"/>
       <c r="Q3" s="2"/>
       <c r="R3" s="2"/>
       <c r="S3" s="2"/>
       <c r="T3" s="2"/>
       <c r="U3" s="2"/>
       <c r="V3" s="2"/>
       <c r="W3" s="2"/>
       <c r="X3" s="2"/>
       <c r="Y3" s="2"/>
@@ -4394,185 +4350,185 @@
       <c r="AO3" s="2"/>
       <c r="AP3" s="2"/>
       <c r="AQ3" s="2"/>
       <c r="AR3" s="2"/>
       <c r="AS3" s="2"/>
       <c r="AT3" s="2"/>
       <c r="AU3" s="2"/>
       <c r="AV3" s="2"/>
       <c r="AW3" s="2"/>
       <c r="AX3" s="2"/>
       <c r="AY3" s="2"/>
       <c r="AZ3" s="2"/>
       <c r="BA3" s="2"/>
       <c r="BB3" s="2"/>
       <c r="BC3" s="2"/>
       <c r="BD3" s="2"/>
       <c r="BE3" s="2"/>
       <c r="BF3" s="2"/>
       <c r="BG3" s="2"/>
       <c r="BH3" s="2"/>
       <c r="BI3" s="2"/>
       <c r="BJ3" s="2"/>
       <c r="BK3" s="2"/>
       <c r="BL3" s="2"/>
     </row>
-    <row r="4" spans="1:64" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="27" t="s">
+    <row r="4" spans="1:64" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="25" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="27" t="s">
+      <c r="B4" s="25" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="25" t="s">
+      <c r="C4" s="23" t="s">
         <v>88</v>
       </c>
-      <c r="D4" s="26"/>
-      <c r="E4" s="25" t="s">
+      <c r="D4" s="24"/>
+      <c r="E4" s="23" t="s">
         <v>92</v>
       </c>
-      <c r="F4" s="26"/>
-      <c r="G4" s="25" t="s">
+      <c r="F4" s="24"/>
+      <c r="G4" s="23" t="s">
         <v>98</v>
       </c>
-      <c r="H4" s="26"/>
-      <c r="I4" s="25" t="s">
+      <c r="H4" s="24"/>
+      <c r="I4" s="23" t="s">
         <v>104</v>
       </c>
-      <c r="J4" s="26"/>
-      <c r="K4" s="25" t="s">
+      <c r="J4" s="24"/>
+      <c r="K4" s="23" t="s">
         <v>109</v>
       </c>
-      <c r="L4" s="26"/>
-      <c r="M4" s="25" t="s">
+      <c r="L4" s="24"/>
+      <c r="M4" s="23" t="s">
         <v>117</v>
       </c>
-      <c r="N4" s="26"/>
-      <c r="O4" s="25" t="s">
+      <c r="N4" s="24"/>
+      <c r="O4" s="23" t="s">
         <v>125</v>
       </c>
-      <c r="P4" s="26"/>
-      <c r="Q4" s="25" t="s">
+      <c r="P4" s="24"/>
+      <c r="Q4" s="23" t="s">
         <v>132</v>
       </c>
-      <c r="R4" s="26"/>
-      <c r="S4" s="25" t="s">
+      <c r="R4" s="24"/>
+      <c r="S4" s="23" t="s">
         <v>137</v>
       </c>
-      <c r="T4" s="26"/>
-      <c r="U4" s="25" t="s">
+      <c r="T4" s="24"/>
+      <c r="U4" s="23" t="s">
         <v>145</v>
       </c>
-      <c r="V4" s="26"/>
-      <c r="W4" s="25" t="s">
+      <c r="V4" s="24"/>
+      <c r="W4" s="23" t="s">
         <v>152</v>
       </c>
-      <c r="X4" s="26"/>
-      <c r="Y4" s="25" t="s">
+      <c r="X4" s="24"/>
+      <c r="Y4" s="23" t="s">
         <v>163</v>
       </c>
-      <c r="Z4" s="26"/>
-      <c r="AA4" s="25" t="s">
+      <c r="Z4" s="24"/>
+      <c r="AA4" s="23" t="s">
         <v>167</v>
       </c>
-      <c r="AB4" s="26"/>
-      <c r="AC4" s="25" t="s">
+      <c r="AB4" s="24"/>
+      <c r="AC4" s="23" t="s">
         <v>172</v>
       </c>
-      <c r="AD4" s="26"/>
-      <c r="AE4" s="25" t="s">
+      <c r="AD4" s="24"/>
+      <c r="AE4" s="23" t="s">
         <v>177</v>
       </c>
-      <c r="AF4" s="26"/>
-      <c r="AG4" s="25" t="s">
+      <c r="AF4" s="24"/>
+      <c r="AG4" s="23" t="s">
         <v>183</v>
       </c>
-      <c r="AH4" s="26"/>
-      <c r="AI4" s="25" t="s">
+      <c r="AH4" s="24"/>
+      <c r="AI4" s="23" t="s">
         <v>189</v>
       </c>
-      <c r="AJ4" s="26"/>
-      <c r="AK4" s="25" t="s">
+      <c r="AJ4" s="24"/>
+      <c r="AK4" s="23" t="s">
         <v>201</v>
       </c>
-      <c r="AL4" s="26"/>
-      <c r="AM4" s="25" t="s">
+      <c r="AL4" s="24"/>
+      <c r="AM4" s="23" t="s">
         <v>206</v>
       </c>
-      <c r="AN4" s="26"/>
-      <c r="AO4" s="25" t="s">
+      <c r="AN4" s="24"/>
+      <c r="AO4" s="23" t="s">
         <v>216</v>
       </c>
-      <c r="AP4" s="26"/>
-      <c r="AQ4" s="25" t="s">
+      <c r="AP4" s="24"/>
+      <c r="AQ4" s="23" t="s">
         <v>224</v>
       </c>
-      <c r="AR4" s="26"/>
-      <c r="AS4" s="25" t="s">
+      <c r="AR4" s="24"/>
+      <c r="AS4" s="23" t="s">
         <v>231</v>
       </c>
-      <c r="AT4" s="26"/>
-      <c r="AU4" s="25" t="s">
+      <c r="AT4" s="24"/>
+      <c r="AU4" s="23" t="s">
         <v>239</v>
       </c>
-      <c r="AV4" s="26"/>
-      <c r="AW4" s="25" t="s">
+      <c r="AV4" s="24"/>
+      <c r="AW4" s="23" t="s">
         <v>247</v>
       </c>
-      <c r="AX4" s="26"/>
-      <c r="AY4" s="25" t="s">
+      <c r="AX4" s="24"/>
+      <c r="AY4" s="23" t="s">
         <v>259</v>
       </c>
-      <c r="AZ4" s="26"/>
-      <c r="BA4" s="25" t="s">
+      <c r="AZ4" s="24"/>
+      <c r="BA4" s="23" t="s">
         <v>275</v>
       </c>
-      <c r="BB4" s="26"/>
-      <c r="BC4" s="25" t="s">
+      <c r="BB4" s="24"/>
+      <c r="BC4" s="23" t="s">
         <v>276</v>
       </c>
-      <c r="BD4" s="26"/>
-      <c r="BE4" s="25" t="s">
+      <c r="BD4" s="24"/>
+      <c r="BE4" s="23" t="s">
         <v>280</v>
       </c>
-      <c r="BF4" s="26"/>
-      <c r="BG4" s="25" t="s">
+      <c r="BF4" s="24"/>
+      <c r="BG4" s="23" t="s">
         <v>285</v>
       </c>
-      <c r="BH4" s="26"/>
-      <c r="BI4" s="25" t="s">
+      <c r="BH4" s="24"/>
+      <c r="BI4" s="23" t="s">
         <v>286</v>
       </c>
-      <c r="BJ4" s="26"/>
-      <c r="BK4" s="25" t="s">
+      <c r="BJ4" s="24"/>
+      <c r="BK4" s="23" t="s">
         <v>289</v>
       </c>
-      <c r="BL4" s="26"/>
+      <c r="BL4" s="24"/>
     </row>
-    <row r="5" spans="1:64" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B5" s="28"/>
+    <row r="5" spans="1:64" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="26"/>
+      <c r="B5" s="26"/>
       <c r="C5" s="13" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="14" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="13" t="s">
         <v>3</v>
       </c>
       <c r="F5" s="14" t="s">
         <v>4</v>
       </c>
       <c r="G5" s="13" t="s">
         <v>3</v>
       </c>
       <c r="H5" s="14" t="s">
         <v>4</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>3</v>
       </c>
       <c r="J5" s="14" t="s">
         <v>4</v>
       </c>
       <c r="K5" s="13" t="s">
@@ -4716,52 +4672,52 @@
       <c r="BE5" s="13" t="s">
         <v>3</v>
       </c>
       <c r="BF5" s="14" t="s">
         <v>4</v>
       </c>
       <c r="BG5" s="13" t="s">
         <v>3</v>
       </c>
       <c r="BH5" s="14" t="s">
         <v>4</v>
       </c>
       <c r="BI5" s="13" t="s">
         <v>3</v>
       </c>
       <c r="BJ5" s="14" t="s">
         <v>4</v>
       </c>
       <c r="BK5" s="13" t="s">
         <v>3</v>
       </c>
       <c r="BL5" s="14" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="6" spans="1:64" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="19">
+    <row r="6" spans="1:64" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="22">
         <v>2</v>
       </c>
       <c r="B6" s="4">
         <v>1</v>
       </c>
       <c r="C6" s="7"/>
       <c r="D6" s="8"/>
       <c r="E6" s="7"/>
       <c r="F6" s="8" t="s">
         <v>95</v>
       </c>
       <c r="G6" s="7"/>
       <c r="H6" s="8"/>
       <c r="I6" s="7"/>
       <c r="J6" s="8" t="s">
         <v>105</v>
       </c>
       <c r="K6" s="7"/>
       <c r="L6" s="8"/>
       <c r="M6" s="7"/>
       <c r="N6" s="8"/>
       <c r="O6" s="7"/>
       <c r="P6" s="8" t="s">
         <v>128</v>
       </c>
@@ -4816,81 +4772,81 @@
       <c r="AW6" s="7"/>
       <c r="AX6" s="8" t="s">
         <v>337</v>
       </c>
       <c r="AY6" s="7"/>
       <c r="AZ6" s="8" t="s">
         <v>269</v>
       </c>
       <c r="BA6" s="7"/>
       <c r="BB6" s="8" t="s">
         <v>352</v>
       </c>
       <c r="BC6" s="7"/>
       <c r="BD6" s="8" t="s">
         <v>353</v>
       </c>
       <c r="BE6" s="7"/>
       <c r="BF6" s="8"/>
       <c r="BG6" s="7"/>
       <c r="BH6" s="8"/>
       <c r="BI6" s="7"/>
       <c r="BJ6" s="8"/>
       <c r="BK6" s="7"/>
       <c r="BL6" s="8"/>
     </row>
-    <row r="7" spans="1:64" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="20"/>
+    <row r="7" spans="1:64" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="19"/>
       <c r="B7" s="5">
         <v>2</v>
       </c>
       <c r="C7" s="9"/>
       <c r="D7" s="10"/>
       <c r="E7" s="9"/>
       <c r="F7" s="10" t="s">
         <v>94</v>
       </c>
       <c r="G7" s="9"/>
       <c r="H7" s="10"/>
       <c r="I7" s="9" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="J7" s="10" t="s">
         <v>295</v>
       </c>
       <c r="K7" s="9"/>
       <c r="L7" s="10"/>
       <c r="M7" s="9"/>
       <c r="N7" s="10"/>
       <c r="O7" s="9" t="s">
         <v>130</v>
       </c>
       <c r="P7" s="10" t="s">
         <v>128</v>
       </c>
       <c r="Q7" s="9" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="R7" s="10" t="s">
         <v>297</v>
       </c>
       <c r="S7" s="9"/>
       <c r="T7" s="10" t="s">
         <v>141</v>
       </c>
       <c r="U7" s="9"/>
       <c r="V7" s="10" t="s">
         <v>300</v>
       </c>
       <c r="W7" s="9"/>
       <c r="X7" s="10" t="s">
         <v>302</v>
       </c>
       <c r="Y7" s="9" t="s">
         <v>165</v>
       </c>
       <c r="Z7" s="10" t="s">
         <v>166</v>
       </c>
       <c r="AA7" s="9" t="s">
         <v>171</v>
       </c>
@@ -4912,80 +4868,80 @@
       </c>
       <c r="AH7" s="10"/>
       <c r="AI7" s="9"/>
       <c r="AJ7" s="10" t="s">
         <v>314</v>
       </c>
       <c r="AK7" s="9"/>
       <c r="AL7" s="10"/>
       <c r="AM7" s="9"/>
       <c r="AN7" s="10"/>
       <c r="AO7" s="9" t="s">
         <v>219</v>
       </c>
       <c r="AP7" s="10" t="s">
         <v>223</v>
       </c>
       <c r="AQ7" s="8" t="s">
         <v>327</v>
       </c>
       <c r="AR7" s="10"/>
       <c r="AS7" s="9" t="s">
         <v>238</v>
       </c>
       <c r="AT7" s="10"/>
       <c r="AU7" s="9" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="AV7" s="10" t="s">
         <v>329</v>
       </c>
       <c r="AW7" s="9"/>
       <c r="AX7" s="10" t="s">
         <v>338</v>
       </c>
       <c r="AY7" s="9"/>
       <c r="AZ7" s="10" t="s">
         <v>346</v>
       </c>
       <c r="BA7" s="8" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="BB7" s="10"/>
       <c r="BC7" s="9"/>
       <c r="BD7" s="10"/>
       <c r="BE7" s="9"/>
       <c r="BF7" s="10"/>
       <c r="BG7" s="9"/>
       <c r="BH7" s="10"/>
       <c r="BI7" s="9"/>
       <c r="BJ7" s="10"/>
       <c r="BK7" s="9"/>
       <c r="BL7" s="10"/>
     </row>
-    <row r="8" spans="1:64" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="20"/>
+    <row r="8" spans="1:64" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="19"/>
       <c r="B8" s="5">
         <v>3</v>
       </c>
       <c r="C8" s="9"/>
       <c r="D8" s="10"/>
       <c r="E8" s="9" t="s">
         <v>93</v>
       </c>
       <c r="F8" s="10" t="s">
         <v>97</v>
       </c>
       <c r="G8" s="9" t="s">
         <v>99</v>
       </c>
       <c r="H8" s="10"/>
       <c r="I8" s="9"/>
       <c r="J8" s="10" t="s">
         <v>108</v>
       </c>
       <c r="K8" s="9" t="s">
         <v>110</v>
       </c>
       <c r="L8" s="10"/>
       <c r="M8" s="9"/>
       <c r="N8" s="10"/>
@@ -5068,52 +5024,52 @@
         <v>330</v>
       </c>
       <c r="AW8" s="9"/>
       <c r="AX8" s="10" t="s">
         <v>339</v>
       </c>
       <c r="AY8" s="9"/>
       <c r="AZ8" s="10" t="s">
         <v>347</v>
       </c>
       <c r="BA8" s="9"/>
       <c r="BB8" s="10"/>
       <c r="BC8" s="9"/>
       <c r="BD8" s="10"/>
       <c r="BE8" s="9"/>
       <c r="BF8" s="10"/>
       <c r="BG8" s="9"/>
       <c r="BH8" s="10"/>
       <c r="BI8" s="9"/>
       <c r="BJ8" s="10"/>
       <c r="BK8" s="9" t="s">
         <v>290</v>
       </c>
       <c r="BL8" s="10"/>
     </row>
-    <row r="9" spans="1:64" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="20"/>
+    <row r="9" spans="1:64" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="19"/>
       <c r="B9" s="5">
         <v>4</v>
       </c>
       <c r="C9" s="9"/>
       <c r="D9" s="10"/>
       <c r="E9" s="9"/>
       <c r="F9" s="10"/>
       <c r="G9" s="7" t="s">
         <v>102</v>
       </c>
       <c r="H9" s="10"/>
       <c r="I9" s="9" t="s">
         <v>105</v>
       </c>
       <c r="J9" s="10"/>
       <c r="K9" s="9"/>
       <c r="L9" s="10"/>
       <c r="M9" s="9"/>
       <c r="N9" s="10"/>
       <c r="O9" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P9" s="10"/>
       <c r="Q9" s="9" t="s">
         <v>134</v>
@@ -5166,52 +5122,52 @@
       </c>
       <c r="AT9" s="10"/>
       <c r="AU9" s="9" t="s">
         <v>241</v>
       </c>
       <c r="AV9" s="10"/>
       <c r="AW9" s="9"/>
       <c r="AX9" s="10"/>
       <c r="AY9" s="9"/>
       <c r="AZ9" s="10"/>
       <c r="BA9" s="9"/>
       <c r="BB9" s="10"/>
       <c r="BC9" s="9"/>
       <c r="BD9" s="10"/>
       <c r="BE9" s="9"/>
       <c r="BF9" s="10"/>
       <c r="BG9" s="9"/>
       <c r="BH9" s="10"/>
       <c r="BI9" s="9"/>
       <c r="BJ9" s="10"/>
       <c r="BK9" s="9" t="s">
         <v>291</v>
       </c>
       <c r="BL9" s="10"/>
     </row>
-    <row r="10" spans="1:64" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="21"/>
+    <row r="10" spans="1:64" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="20"/>
       <c r="B10" s="6">
         <v>5</v>
       </c>
       <c r="C10" s="11"/>
       <c r="D10" s="12"/>
       <c r="E10" s="11"/>
       <c r="F10" s="12"/>
       <c r="G10" s="11" t="s">
         <v>101</v>
       </c>
       <c r="H10" s="12"/>
       <c r="I10" s="11"/>
       <c r="J10" s="12"/>
       <c r="K10" s="11" t="s">
         <v>111</v>
       </c>
       <c r="L10" s="12"/>
       <c r="M10" s="11"/>
       <c r="N10" s="12"/>
       <c r="O10" s="11"/>
       <c r="P10" s="12"/>
       <c r="Q10" s="11"/>
       <c r="R10" s="12"/>
       <c r="S10" s="11" t="s">
         <v>140</v>
@@ -5252,51 +5208,51 @@
       <c r="AS10" s="11" t="s">
         <v>234</v>
       </c>
       <c r="AT10" s="12"/>
       <c r="AU10" s="11"/>
       <c r="AV10" s="12"/>
       <c r="AW10" s="11"/>
       <c r="AX10" s="12"/>
       <c r="AY10" s="11"/>
       <c r="AZ10" s="12"/>
       <c r="BA10" s="11"/>
       <c r="BB10" s="12"/>
       <c r="BC10" s="11" t="s">
         <v>277</v>
       </c>
       <c r="BD10" s="12"/>
       <c r="BE10" s="11"/>
       <c r="BF10" s="12"/>
       <c r="BG10" s="11"/>
       <c r="BH10" s="12"/>
       <c r="BI10" s="11"/>
       <c r="BJ10" s="12"/>
       <c r="BK10" s="11"/>
       <c r="BL10" s="12"/>
     </row>
-    <row r="11" spans="1:64" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:64" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="16">
         <v>3</v>
       </c>
       <c r="B11" s="4">
         <v>1</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>89</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>90</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>94</v>
       </c>
       <c r="F11" s="8"/>
       <c r="G11" s="7"/>
       <c r="H11" s="8"/>
       <c r="I11" s="7" t="s">
         <v>105</v>
       </c>
       <c r="J11" s="8"/>
       <c r="K11" s="7" t="s">
         <v>112</v>
       </c>
@@ -5382,51 +5338,51 @@
         <v>340</v>
       </c>
       <c r="AY11" s="7" t="s">
         <v>260</v>
       </c>
       <c r="AZ11" s="8" t="s">
         <v>261</v>
       </c>
       <c r="BA11" s="7"/>
       <c r="BB11" s="8"/>
       <c r="BC11" s="7"/>
       <c r="BD11" s="8"/>
       <c r="BE11" s="7"/>
       <c r="BF11" s="8" t="s">
         <v>282</v>
       </c>
       <c r="BG11" s="7"/>
       <c r="BH11" s="8"/>
       <c r="BI11" s="7" t="s">
         <v>287</v>
       </c>
       <c r="BJ11" s="8"/>
       <c r="BK11" s="7"/>
       <c r="BL11" s="8"/>
     </row>
-    <row r="12" spans="1:64" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:64" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="17"/>
       <c r="B12" s="5">
         <v>2</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>90</v>
       </c>
       <c r="D12" s="10"/>
       <c r="E12" s="9" t="s">
         <v>95</v>
       </c>
       <c r="F12" s="10"/>
       <c r="G12" s="9"/>
       <c r="H12" s="10"/>
       <c r="I12" s="9" t="s">
         <v>106</v>
       </c>
       <c r="J12" s="10" t="s">
         <v>107</v>
       </c>
       <c r="K12" s="9" t="s">
         <v>113</v>
       </c>
       <c r="L12" s="10"/>
       <c r="M12" s="9"/>
@@ -5510,51 +5466,51 @@
         <v>341</v>
       </c>
       <c r="AY12" s="9" t="s">
         <v>261</v>
       </c>
       <c r="AZ12" s="10" t="s">
         <v>348</v>
       </c>
       <c r="BA12" s="9"/>
       <c r="BB12" s="10"/>
       <c r="BC12" s="9"/>
       <c r="BD12" s="10"/>
       <c r="BE12" s="9"/>
       <c r="BF12" s="10" t="s">
         <v>283</v>
       </c>
       <c r="BG12" s="9"/>
       <c r="BH12" s="10"/>
       <c r="BI12" s="9" t="s">
         <v>288</v>
       </c>
       <c r="BJ12" s="10"/>
       <c r="BK12" s="9"/>
       <c r="BL12" s="10"/>
     </row>
-    <row r="13" spans="1:64" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:64" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="17"/>
       <c r="B13" s="5">
         <v>3</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>91</v>
       </c>
       <c r="D13" s="10" t="s">
         <v>293</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>93</v>
       </c>
       <c r="F13" s="10"/>
       <c r="G13" s="9"/>
       <c r="H13" s="10"/>
       <c r="I13" s="9" t="s">
         <v>106</v>
       </c>
       <c r="J13" s="10" t="s">
         <v>107</v>
       </c>
       <c r="K13" s="9" t="s">
         <v>114</v>
       </c>
@@ -5638,51 +5594,51 @@
       <c r="AW13" s="9" t="s">
         <v>249</v>
       </c>
       <c r="AX13" s="10"/>
       <c r="AY13" s="9" t="s">
         <v>262</v>
       </c>
       <c r="AZ13" s="10"/>
       <c r="BA13" s="9"/>
       <c r="BB13" s="10"/>
       <c r="BC13" s="9"/>
       <c r="BD13" s="10"/>
       <c r="BE13" s="9"/>
       <c r="BF13" s="10" t="s">
         <v>354</v>
       </c>
       <c r="BG13" s="9"/>
       <c r="BH13" s="10"/>
       <c r="BI13" s="9" t="s">
         <v>288</v>
       </c>
       <c r="BJ13" s="10"/>
       <c r="BK13" s="9"/>
       <c r="BL13" s="10"/>
     </row>
-    <row r="14" spans="1:64" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:64" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="17"/>
       <c r="B14" s="5">
         <v>4</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>91</v>
       </c>
       <c r="D14" s="10"/>
       <c r="E14" s="9" t="s">
         <v>93</v>
       </c>
       <c r="F14" s="10"/>
       <c r="G14" s="9"/>
       <c r="H14" s="10"/>
       <c r="I14" s="9" t="s">
         <v>107</v>
       </c>
       <c r="J14" s="10"/>
       <c r="K14" s="9" t="s">
         <v>110</v>
       </c>
       <c r="L14" s="10"/>
       <c r="M14" s="9" t="s">
         <v>120</v>
       </c>
@@ -5736,51 +5692,51 @@
       </c>
       <c r="AT14" s="10"/>
       <c r="AU14" s="9"/>
       <c r="AV14" s="10"/>
       <c r="AW14" s="9" t="s">
         <v>250</v>
       </c>
       <c r="AX14" s="10"/>
       <c r="AY14" s="9" t="s">
         <v>263</v>
       </c>
       <c r="AZ14" s="10"/>
       <c r="BA14" s="9"/>
       <c r="BB14" s="10"/>
       <c r="BC14" s="9"/>
       <c r="BD14" s="10"/>
       <c r="BE14" s="9"/>
       <c r="BF14" s="10"/>
       <c r="BG14" s="9"/>
       <c r="BH14" s="10"/>
       <c r="BI14" s="9"/>
       <c r="BJ14" s="10"/>
       <c r="BK14" s="9"/>
       <c r="BL14" s="10"/>
     </row>
-    <row r="15" spans="1:64" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:64" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="18"/>
       <c r="B15" s="6">
         <v>5</v>
       </c>
       <c r="C15" s="11"/>
       <c r="D15" s="12"/>
       <c r="E15" s="11"/>
       <c r="F15" s="12"/>
       <c r="G15" s="11"/>
       <c r="H15" s="12"/>
       <c r="I15" s="11"/>
       <c r="J15" s="12"/>
       <c r="K15" s="11"/>
       <c r="L15" s="12"/>
       <c r="M15" s="11"/>
       <c r="N15" s="12"/>
       <c r="O15" s="11"/>
       <c r="P15" s="12"/>
       <c r="Q15" s="11"/>
       <c r="R15" s="12"/>
       <c r="S15" s="11"/>
       <c r="T15" s="12"/>
       <c r="U15" s="11"/>
       <c r="V15" s="12"/>
       <c r="W15" s="11"/>
@@ -5804,100 +5760,100 @@
       <c r="AO15" s="11"/>
       <c r="AP15" s="12"/>
       <c r="AQ15" s="11"/>
       <c r="AR15" s="12"/>
       <c r="AS15" s="11"/>
       <c r="AT15" s="12"/>
       <c r="AU15" s="11"/>
       <c r="AV15" s="12"/>
       <c r="AW15" s="11"/>
       <c r="AX15" s="12"/>
       <c r="AY15" s="11"/>
       <c r="AZ15" s="12"/>
       <c r="BA15" s="11"/>
       <c r="BB15" s="12"/>
       <c r="BC15" s="11"/>
       <c r="BD15" s="12"/>
       <c r="BE15" s="11"/>
       <c r="BF15" s="12"/>
       <c r="BG15" s="11"/>
       <c r="BH15" s="12"/>
       <c r="BI15" s="11"/>
       <c r="BJ15" s="12"/>
       <c r="BK15" s="11"/>
       <c r="BL15" s="12"/>
     </row>
-    <row r="16" spans="1:64" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:64" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="16">
         <v>4</v>
       </c>
       <c r="B16" s="4">
         <v>1</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>91</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>293</v>
       </c>
       <c r="E16" s="7"/>
       <c r="F16" s="8"/>
       <c r="G16" s="7" t="s">
         <v>102</v>
       </c>
       <c r="H16" s="8" t="s">
         <v>103</v>
       </c>
       <c r="I16" s="7"/>
       <c r="J16" s="8"/>
       <c r="K16" s="7" t="s">
         <v>112</v>
       </c>
       <c r="L16" s="8" t="s">
         <v>114</v>
       </c>
       <c r="M16" s="7" t="s">
         <v>121</v>
       </c>
       <c r="N16" s="8"/>
       <c r="O16" s="7" t="s">
         <v>126</v>
       </c>
       <c r="P16" s="8"/>
       <c r="Q16" s="7" t="s">
         <v>135</v>
       </c>
       <c r="R16" s="8" t="s">
         <v>133</v>
       </c>
       <c r="S16" s="7"/>
       <c r="T16" s="8"/>
       <c r="U16" s="7" t="s">
         <v>149</v>
       </c>
       <c r="V16" s="8" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="W16" s="7"/>
       <c r="X16" s="8"/>
       <c r="Y16" s="7"/>
       <c r="Z16" s="8" t="s">
         <v>165</v>
       </c>
       <c r="AA16" s="7" t="s">
         <v>169</v>
       </c>
       <c r="AB16" s="8"/>
       <c r="AC16" s="7"/>
       <c r="AD16" s="8"/>
       <c r="AE16" s="7"/>
       <c r="AF16" s="8"/>
       <c r="AG16" s="7"/>
       <c r="AH16" s="8" t="s">
         <v>185</v>
       </c>
       <c r="AI16" s="7" t="s">
         <v>196</v>
       </c>
       <c r="AJ16" s="8"/>
       <c r="AK16" s="7"/>
       <c r="AL16" s="8" t="s">
@@ -5936,51 +5892,51 @@
         <v>342</v>
       </c>
       <c r="AY16" s="7" t="s">
         <v>264</v>
       </c>
       <c r="AZ16" s="8" t="s">
         <v>349</v>
       </c>
       <c r="BA16" s="7"/>
       <c r="BB16" s="8"/>
       <c r="BC16" s="7"/>
       <c r="BD16" s="8"/>
       <c r="BE16" s="7"/>
       <c r="BF16" s="8"/>
       <c r="BG16" s="7"/>
       <c r="BH16" s="8" t="s">
         <v>355</v>
       </c>
       <c r="BI16" s="7"/>
       <c r="BJ16" s="8" t="s">
         <v>358</v>
       </c>
       <c r="BK16" s="7"/>
       <c r="BL16" s="8"/>
     </row>
-    <row r="17" spans="1:64" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:64" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="17"/>
       <c r="B17" s="5">
         <v>2</v>
       </c>
       <c r="C17" s="9" t="s">
         <v>90</v>
       </c>
       <c r="D17" s="10" t="s">
         <v>293</v>
       </c>
       <c r="E17" s="9"/>
       <c r="F17" s="10"/>
       <c r="G17" s="9" t="s">
         <v>102</v>
       </c>
       <c r="H17" s="10" t="s">
         <v>99</v>
       </c>
       <c r="I17" s="9"/>
       <c r="J17" s="10"/>
       <c r="K17" s="9" t="s">
         <v>112</v>
       </c>
       <c r="L17" s="10"/>
       <c r="M17" s="9" t="s">
@@ -6036,81 +5992,81 @@
         <v>322</v>
       </c>
       <c r="AM17" s="9"/>
       <c r="AN17" s="10" t="s">
         <v>214</v>
       </c>
       <c r="AO17" s="9" t="s">
         <v>222</v>
       </c>
       <c r="AP17" s="10" t="s">
         <v>223</v>
       </c>
       <c r="AQ17" s="9" t="s">
         <v>228</v>
       </c>
       <c r="AR17" s="10" t="s">
         <v>226</v>
       </c>
       <c r="AS17" s="9"/>
       <c r="AT17" s="10"/>
       <c r="AU17" s="9"/>
       <c r="AV17" s="10" t="s">
         <v>335</v>
       </c>
       <c r="AW17" s="9" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="AX17" s="10" t="s">
         <v>343</v>
       </c>
       <c r="AY17" s="9" t="s">
         <v>265</v>
       </c>
       <c r="AZ17" s="10" t="s">
         <v>260</v>
       </c>
       <c r="BA17" s="9"/>
       <c r="BB17" s="10"/>
       <c r="BC17" s="9"/>
       <c r="BD17" s="10"/>
       <c r="BE17" s="9"/>
       <c r="BF17" s="10"/>
       <c r="BG17" s="9"/>
       <c r="BH17" s="10" t="s">
         <v>356</v>
       </c>
       <c r="BI17" s="9"/>
       <c r="BJ17" s="10" t="s">
         <v>359</v>
       </c>
       <c r="BK17" s="9" t="s">
         <v>292</v>
       </c>
       <c r="BL17" s="10"/>
     </row>
-    <row r="18" spans="1:64" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:64" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="17"/>
       <c r="B18" s="5">
         <v>3</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>89</v>
       </c>
       <c r="D18" s="10" t="s">
         <v>294</v>
       </c>
       <c r="E18" s="9"/>
       <c r="F18" s="10"/>
       <c r="G18" s="9"/>
       <c r="H18" s="10"/>
       <c r="I18" s="9"/>
       <c r="J18" s="10"/>
       <c r="K18" s="9" t="s">
         <v>111</v>
       </c>
       <c r="L18" s="10" t="s">
         <v>116</v>
       </c>
       <c r="M18" s="9" t="s">
         <v>119</v>
       </c>
@@ -6118,70 +6074,70 @@
       <c r="O18" s="9" t="s">
         <v>130</v>
       </c>
       <c r="P18" s="10"/>
       <c r="Q18" s="9" t="s">
         <v>134</v>
       </c>
       <c r="R18" s="10" t="s">
         <v>135</v>
       </c>
       <c r="S18" s="9"/>
       <c r="T18" s="10"/>
       <c r="U18" s="9" t="s">
         <v>150</v>
       </c>
       <c r="V18" s="10" t="s">
         <v>149</v>
       </c>
       <c r="W18" s="9"/>
       <c r="X18" s="10"/>
       <c r="Y18" s="9"/>
       <c r="Z18" s="10" t="s">
         <v>308</v>
       </c>
       <c r="AA18" s="9" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="AB18" s="10"/>
       <c r="AC18" s="9" t="s">
         <v>175</v>
       </c>
       <c r="AD18" s="10"/>
       <c r="AE18" s="9"/>
       <c r="AF18" s="10"/>
       <c r="AG18" s="9" t="s">
         <v>187</v>
       </c>
       <c r="AH18" s="10" t="s">
         <v>188</v>
       </c>
       <c r="AI18" s="9" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="AJ18" s="10" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="AK18" s="9"/>
       <c r="AL18" s="10"/>
       <c r="AM18" s="9" t="s">
         <v>211</v>
       </c>
       <c r="AN18" s="10" t="s">
         <v>207</v>
       </c>
       <c r="AO18" s="9" t="s">
         <v>221</v>
       </c>
       <c r="AP18" s="10" t="s">
         <v>222</v>
       </c>
       <c r="AQ18" s="9" t="s">
         <v>225</v>
       </c>
       <c r="AR18" s="10"/>
       <c r="AS18" s="9" t="s">
         <v>234</v>
       </c>
       <c r="AT18" s="10"/>
       <c r="AU18" s="9"/>
       <c r="AV18" s="10" t="s">
@@ -6196,51 +6152,51 @@
       <c r="AY18" s="9" t="s">
         <v>266</v>
       </c>
       <c r="AZ18" s="10" t="s">
         <v>348</v>
       </c>
       <c r="BA18" s="9"/>
       <c r="BB18" s="10"/>
       <c r="BC18" s="9"/>
       <c r="BD18" s="10"/>
       <c r="BE18" s="9"/>
       <c r="BF18" s="10"/>
       <c r="BG18" s="9"/>
       <c r="BH18" s="10" t="s">
         <v>357</v>
       </c>
       <c r="BI18" s="9"/>
       <c r="BJ18" s="10" t="s">
         <v>287</v>
       </c>
       <c r="BK18" s="9" t="s">
         <v>290</v>
       </c>
       <c r="BL18" s="10"/>
     </row>
-    <row r="19" spans="1:64" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:64" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="17"/>
       <c r="B19" s="5">
         <v>4</v>
       </c>
       <c r="C19" s="9"/>
       <c r="D19" s="10"/>
       <c r="E19" s="9"/>
       <c r="F19" s="10"/>
       <c r="G19" s="9"/>
       <c r="H19" s="10"/>
       <c r="I19" s="9"/>
       <c r="J19" s="10"/>
       <c r="K19" s="9" t="s">
         <v>115</v>
       </c>
       <c r="L19" s="10"/>
       <c r="M19" s="9" t="s">
         <v>119</v>
       </c>
       <c r="N19" s="10"/>
       <c r="O19" s="9" t="s">
         <v>127</v>
       </c>
       <c r="P19" s="10"/>
       <c r="Q19" s="9" t="s">
@@ -6294,51 +6250,51 @@
       <c r="AU19" s="9"/>
       <c r="AV19" s="10"/>
       <c r="AW19" s="9" t="s">
         <v>253</v>
       </c>
       <c r="AX19" s="10"/>
       <c r="AY19" s="9" t="s">
         <v>267</v>
       </c>
       <c r="AZ19" s="10"/>
       <c r="BA19" s="9"/>
       <c r="BB19" s="10"/>
       <c r="BC19" s="9" t="s">
         <v>278</v>
       </c>
       <c r="BD19" s="10"/>
       <c r="BE19" s="9"/>
       <c r="BF19" s="10"/>
       <c r="BG19" s="9"/>
       <c r="BH19" s="10"/>
       <c r="BI19" s="9"/>
       <c r="BJ19" s="10"/>
       <c r="BK19" s="9"/>
       <c r="BL19" s="10"/>
     </row>
-    <row r="20" spans="1:64" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:64" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="18"/>
       <c r="B20" s="6">
         <v>5</v>
       </c>
       <c r="C20" s="11"/>
       <c r="D20" s="12"/>
       <c r="E20" s="11"/>
       <c r="F20" s="12"/>
       <c r="G20" s="11"/>
       <c r="H20" s="12"/>
       <c r="I20" s="11"/>
       <c r="J20" s="12"/>
       <c r="K20" s="11"/>
       <c r="L20" s="12"/>
       <c r="M20" s="11"/>
       <c r="N20" s="12"/>
       <c r="O20" s="11"/>
       <c r="P20" s="12"/>
       <c r="Q20" s="11"/>
       <c r="R20" s="12"/>
       <c r="S20" s="11"/>
       <c r="T20" s="12"/>
       <c r="U20" s="11"/>
       <c r="V20" s="12"/>
       <c r="W20" s="11"/>
@@ -6362,51 +6318,51 @@
       <c r="AO20" s="11"/>
       <c r="AP20" s="12"/>
       <c r="AQ20" s="11"/>
       <c r="AR20" s="12"/>
       <c r="AS20" s="11"/>
       <c r="AT20" s="12"/>
       <c r="AU20" s="11"/>
       <c r="AV20" s="12"/>
       <c r="AW20" s="11"/>
       <c r="AX20" s="12"/>
       <c r="AY20" s="11"/>
       <c r="AZ20" s="12"/>
       <c r="BA20" s="11"/>
       <c r="BB20" s="12"/>
       <c r="BC20" s="11"/>
       <c r="BD20" s="12"/>
       <c r="BE20" s="11"/>
       <c r="BF20" s="12"/>
       <c r="BG20" s="11"/>
       <c r="BH20" s="12"/>
       <c r="BI20" s="11"/>
       <c r="BJ20" s="12"/>
       <c r="BK20" s="11"/>
       <c r="BL20" s="12"/>
     </row>
-    <row r="21" spans="1:64" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:64" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="16">
         <v>5</v>
       </c>
       <c r="B21" s="4">
         <v>1</v>
       </c>
       <c r="C21" s="7" t="s">
         <v>91</v>
       </c>
       <c r="D21" s="8"/>
       <c r="E21" s="7"/>
       <c r="F21" s="8" t="s">
         <v>97</v>
       </c>
       <c r="G21" s="7" t="s">
         <v>100</v>
       </c>
       <c r="H21" s="8"/>
       <c r="I21" s="7" t="s">
         <v>107</v>
       </c>
       <c r="J21" s="8" t="s">
         <v>105</v>
       </c>
       <c r="K21" s="7" t="s">
@@ -6492,51 +6448,51 @@
       <c r="AW21" s="7"/>
       <c r="AX21" s="8"/>
       <c r="AY21" s="7" t="s">
         <v>268</v>
       </c>
       <c r="AZ21" s="8" t="s">
         <v>271</v>
       </c>
       <c r="BA21" s="7"/>
       <c r="BB21" s="8"/>
       <c r="BC21" s="7"/>
       <c r="BD21" s="8"/>
       <c r="BE21" s="7"/>
       <c r="BF21" s="8" t="s">
         <v>281</v>
       </c>
       <c r="BG21" s="7"/>
       <c r="BH21" s="8" t="s">
         <v>357</v>
       </c>
       <c r="BI21" s="7"/>
       <c r="BJ21" s="8"/>
       <c r="BK21" s="7"/>
       <c r="BL21" s="8"/>
     </row>
-    <row r="22" spans="1:64" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:64" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="17"/>
       <c r="B22" s="5">
         <v>2</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>90</v>
       </c>
       <c r="D22" s="10"/>
       <c r="E22" s="9" t="s">
         <v>95</v>
       </c>
       <c r="F22" s="10" t="s">
         <v>97</v>
       </c>
       <c r="G22" s="9" t="s">
         <v>103</v>
       </c>
       <c r="H22" s="10" t="s">
         <v>99</v>
       </c>
       <c r="I22" s="9" t="s">
         <v>108</v>
       </c>
       <c r="J22" s="10" t="s">
         <v>108</v>
@@ -6574,99 +6530,99 @@
       </c>
       <c r="X22" s="10"/>
       <c r="Y22" s="9" t="s">
         <v>165</v>
       </c>
       <c r="Z22" s="10" t="s">
         <v>308</v>
       </c>
       <c r="AA22" s="9"/>
       <c r="AB22" s="10" t="s">
         <v>171</v>
       </c>
       <c r="AC22" s="9" t="s">
         <v>175</v>
       </c>
       <c r="AD22" s="10" t="s">
         <v>173</v>
       </c>
       <c r="AE22" s="9" t="s">
         <v>180</v>
       </c>
       <c r="AF22" s="10"/>
       <c r="AG22" s="9"/>
       <c r="AH22" s="10"/>
       <c r="AI22" s="9" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="AJ22" s="10"/>
       <c r="AK22" s="9"/>
       <c r="AL22" s="10"/>
       <c r="AM22" s="9" t="s">
         <v>214</v>
       </c>
       <c r="AN22" s="10" t="s">
         <v>325</v>
       </c>
       <c r="AO22" s="9"/>
       <c r="AP22" s="10"/>
       <c r="AQ22" s="9"/>
       <c r="AR22" s="10" t="s">
         <v>229</v>
       </c>
       <c r="AS22" s="9"/>
       <c r="AT22" s="10"/>
       <c r="AU22" s="9"/>
       <c r="AV22" s="10"/>
       <c r="AW22" s="9"/>
       <c r="AX22" s="10"/>
       <c r="AY22" s="9" t="s">
         <v>269</v>
       </c>
       <c r="AZ22" s="10" t="s">
         <v>265</v>
       </c>
       <c r="BA22" s="9"/>
       <c r="BB22" s="10"/>
       <c r="BC22" s="9"/>
       <c r="BD22" s="10"/>
       <c r="BE22" s="9"/>
       <c r="BF22" s="10" t="s">
         <v>354</v>
       </c>
       <c r="BG22" s="9"/>
       <c r="BH22" s="10" t="s">
         <v>355</v>
       </c>
       <c r="BI22" s="9"/>
       <c r="BJ22" s="10"/>
       <c r="BK22" s="9" t="s">
         <v>291</v>
       </c>
       <c r="BL22" s="10"/>
     </row>
-    <row r="23" spans="1:64" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:64" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="17"/>
       <c r="B23" s="5">
         <v>3</v>
       </c>
       <c r="C23" s="9" t="s">
         <v>89</v>
       </c>
       <c r="D23" s="10"/>
       <c r="E23" s="9" t="s">
         <v>96</v>
       </c>
       <c r="F23" s="10" t="s">
         <v>96</v>
       </c>
       <c r="G23" s="9" t="s">
         <v>101</v>
       </c>
       <c r="H23" s="10" t="s">
         <v>101</v>
       </c>
       <c r="I23" s="9" t="s">
         <v>106</v>
       </c>
       <c r="J23" s="10"/>
       <c r="K23" s="9"/>
@@ -6696,105 +6652,105 @@
       <c r="W23" s="9"/>
       <c r="X23" s="10"/>
       <c r="Y23" s="9" t="s">
         <v>166</v>
       </c>
       <c r="Z23" s="10" t="s">
         <v>308</v>
       </c>
       <c r="AA23" s="9"/>
       <c r="AB23" s="10"/>
       <c r="AC23" s="9" t="s">
         <v>174</v>
       </c>
       <c r="AD23" s="10" t="s">
         <v>176</v>
       </c>
       <c r="AE23" s="9" t="s">
         <v>178</v>
       </c>
       <c r="AF23" s="10" t="s">
         <v>179</v>
       </c>
       <c r="AG23" s="9"/>
       <c r="AH23" s="10"/>
       <c r="AI23" s="9" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="AJ23" s="10" t="s">
         <v>321</v>
       </c>
       <c r="AK23" s="9" t="s">
         <v>204</v>
       </c>
       <c r="AL23" s="10" t="s">
         <v>202</v>
       </c>
       <c r="AM23" s="9"/>
       <c r="AN23" s="10" t="s">
         <v>212</v>
       </c>
       <c r="AO23" s="9"/>
       <c r="AP23" s="10"/>
       <c r="AQ23" s="9" t="s">
         <v>227</v>
       </c>
       <c r="AR23" s="10" t="s">
         <v>229</v>
       </c>
       <c r="AS23" s="9"/>
       <c r="AT23" s="10"/>
       <c r="AU23" s="9" t="s">
         <v>243</v>
       </c>
       <c r="AV23" s="10"/>
       <c r="AW23" s="9"/>
       <c r="AX23" s="10"/>
       <c r="AY23" s="9" t="s">
         <v>270</v>
       </c>
       <c r="AZ23" s="10"/>
       <c r="BA23" s="9"/>
       <c r="BB23" s="10"/>
       <c r="BC23" s="9"/>
       <c r="BD23" s="10"/>
       <c r="BE23" s="9"/>
       <c r="BF23" s="10" t="s">
         <v>284</v>
       </c>
       <c r="BG23" s="9"/>
       <c r="BH23" s="8" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="BI23" s="9"/>
       <c r="BJ23" s="10"/>
       <c r="BK23" s="9" t="s">
         <v>292</v>
       </c>
       <c r="BL23" s="10"/>
     </row>
-    <row r="24" spans="1:64" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:64" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="17"/>
       <c r="B24" s="5">
         <v>4</v>
       </c>
       <c r="C24" s="9" t="s">
         <v>89</v>
       </c>
       <c r="D24" s="10"/>
       <c r="E24" s="9"/>
       <c r="F24" s="10"/>
       <c r="G24" s="9" t="s">
         <v>101</v>
       </c>
       <c r="H24" s="10"/>
       <c r="I24" s="9" t="s">
         <v>106</v>
       </c>
       <c r="J24" s="10"/>
       <c r="K24" s="9" t="s">
         <v>110</v>
       </c>
       <c r="L24" s="10"/>
       <c r="M24" s="9" t="s">
         <v>123</v>
       </c>
@@ -6848,51 +6804,51 @@
       <c r="AS24" s="9"/>
       <c r="AT24" s="10"/>
       <c r="AU24" s="9" t="s">
         <v>244</v>
       </c>
       <c r="AV24" s="10"/>
       <c r="AW24" s="9"/>
       <c r="AX24" s="10"/>
       <c r="AY24" s="9" t="s">
         <v>271</v>
       </c>
       <c r="AZ24" s="10"/>
       <c r="BA24" s="9"/>
       <c r="BB24" s="10"/>
       <c r="BC24" s="9"/>
       <c r="BD24" s="10"/>
       <c r="BE24" s="9"/>
       <c r="BF24" s="10"/>
       <c r="BG24" s="9"/>
       <c r="BH24" s="10"/>
       <c r="BI24" s="9"/>
       <c r="BJ24" s="10"/>
       <c r="BK24" s="9"/>
       <c r="BL24" s="10"/>
     </row>
-    <row r="25" spans="1:64" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:64" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="18"/>
       <c r="B25" s="6">
         <v>5</v>
       </c>
       <c r="C25" s="11"/>
       <c r="D25" s="12"/>
       <c r="E25" s="11"/>
       <c r="F25" s="12"/>
       <c r="G25" s="11"/>
       <c r="H25" s="12"/>
       <c r="I25" s="11"/>
       <c r="J25" s="12"/>
       <c r="K25" s="11"/>
       <c r="L25" s="12"/>
       <c r="M25" s="11"/>
       <c r="N25" s="12"/>
       <c r="O25" s="11"/>
       <c r="P25" s="12"/>
       <c r="Q25" s="11"/>
       <c r="R25" s="12"/>
       <c r="S25" s="11"/>
       <c r="T25" s="12"/>
       <c r="U25" s="11"/>
       <c r="V25" s="12"/>
       <c r="W25" s="11"/>
@@ -6916,51 +6872,51 @@
       <c r="AO25" s="11"/>
       <c r="AP25" s="12"/>
       <c r="AQ25" s="11"/>
       <c r="AR25" s="12"/>
       <c r="AS25" s="11"/>
       <c r="AT25" s="12"/>
       <c r="AU25" s="11"/>
       <c r="AV25" s="12"/>
       <c r="AW25" s="11"/>
       <c r="AX25" s="12"/>
       <c r="AY25" s="11"/>
       <c r="AZ25" s="12"/>
       <c r="BA25" s="11"/>
       <c r="BB25" s="12"/>
       <c r="BC25" s="11"/>
       <c r="BD25" s="12"/>
       <c r="BE25" s="11"/>
       <c r="BF25" s="12"/>
       <c r="BG25" s="11"/>
       <c r="BH25" s="12"/>
       <c r="BI25" s="11"/>
       <c r="BJ25" s="12"/>
       <c r="BK25" s="11"/>
       <c r="BL25" s="12"/>
     </row>
-    <row r="26" spans="1:64" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:64" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="16">
         <v>6</v>
       </c>
       <c r="B26" s="4">
         <v>1</v>
       </c>
       <c r="C26" s="7"/>
       <c r="D26" s="8" t="s">
         <v>294</v>
       </c>
       <c r="E26" s="7" t="s">
         <v>95</v>
       </c>
       <c r="F26" s="8"/>
       <c r="G26" s="7" t="s">
         <v>99</v>
       </c>
       <c r="H26" s="8"/>
       <c r="I26" s="7"/>
       <c r="J26" s="8" t="s">
         <v>295</v>
       </c>
       <c r="K26" s="7"/>
       <c r="L26" s="8" t="s">
         <v>110</v>
@@ -7024,75 +6980,75 @@
       <c r="AO26" s="7" t="s">
         <v>223</v>
       </c>
       <c r="AP26" s="8"/>
       <c r="AQ26" s="7" t="s">
         <v>226</v>
       </c>
       <c r="AR26" s="8" t="s">
         <v>327</v>
       </c>
       <c r="AS26" s="7" t="s">
         <v>238</v>
       </c>
       <c r="AT26" s="8"/>
       <c r="AU26" s="7" t="s">
         <v>245</v>
       </c>
       <c r="AV26" s="8"/>
       <c r="AW26" s="7" t="s">
         <v>254</v>
       </c>
       <c r="AX26" s="8" t="s">
         <v>345</v>
       </c>
       <c r="AY26" s="7" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="AZ26" s="8" t="s">
         <v>350</v>
       </c>
       <c r="BA26" s="7"/>
       <c r="BB26" s="8"/>
       <c r="BC26" s="7"/>
       <c r="BD26" s="8"/>
       <c r="BE26" s="7" t="s">
         <v>281</v>
       </c>
       <c r="BF26" s="8"/>
       <c r="BG26" s="7"/>
       <c r="BH26" s="8" t="s">
         <v>356</v>
       </c>
       <c r="BI26" s="7"/>
       <c r="BJ26" s="8" t="s">
         <v>359</v>
       </c>
       <c r="BK26" s="7"/>
       <c r="BL26" s="8"/>
     </row>
-    <row r="27" spans="1:64" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:64" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="17"/>
       <c r="B27" s="5">
         <v>2</v>
       </c>
       <c r="C27" s="9"/>
       <c r="D27" s="10" t="s">
         <v>293</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>97</v>
       </c>
       <c r="F27" s="10"/>
       <c r="G27" s="9" t="s">
         <v>102</v>
       </c>
       <c r="H27" s="10"/>
       <c r="I27" s="9"/>
       <c r="J27" s="10" t="s">
         <v>108</v>
       </c>
       <c r="K27" s="9"/>
       <c r="L27" s="10" t="s">
         <v>112</v>
       </c>
       <c r="M27" s="9" t="s">
@@ -7165,60 +7121,60 @@
       <c r="AT27" s="10" t="s">
         <v>233</v>
       </c>
       <c r="AU27" s="9"/>
       <c r="AV27" s="10"/>
       <c r="AW27" s="9" t="s">
         <v>255</v>
       </c>
       <c r="AX27" s="10"/>
       <c r="AY27" s="9" t="s">
         <v>272</v>
       </c>
       <c r="AZ27" s="10" t="s">
         <v>351</v>
       </c>
       <c r="BA27" s="9"/>
       <c r="BB27" s="10"/>
       <c r="BC27" s="9"/>
       <c r="BD27" s="10"/>
       <c r="BE27" s="9" t="s">
         <v>282</v>
       </c>
       <c r="BF27" s="10"/>
       <c r="BG27" s="9"/>
       <c r="BH27" s="10" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="BI27" s="9"/>
       <c r="BJ27" s="10" t="s">
         <v>358</v>
       </c>
       <c r="BK27" s="9"/>
       <c r="BL27" s="10"/>
     </row>
-    <row r="28" spans="1:64" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:64" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="17"/>
       <c r="B28" s="5">
         <v>3</v>
       </c>
       <c r="C28" s="9"/>
       <c r="D28" s="10"/>
       <c r="E28" s="9" t="s">
         <v>93</v>
       </c>
       <c r="F28" s="10"/>
       <c r="G28" s="9" t="s">
         <v>102</v>
       </c>
       <c r="H28" s="10"/>
       <c r="I28" s="9"/>
       <c r="J28" s="10"/>
       <c r="K28" s="9"/>
       <c r="L28" s="10"/>
       <c r="M28" s="9" t="s">
         <v>122</v>
       </c>
       <c r="N28" s="10"/>
       <c r="O28" s="9" t="s">
         <v>127</v>
       </c>
@@ -7272,51 +7228,51 @@
       </c>
       <c r="AV28" s="10"/>
       <c r="AW28" s="9" t="s">
         <v>256</v>
       </c>
       <c r="AX28" s="10"/>
       <c r="AY28" s="9" t="s">
         <v>273</v>
       </c>
       <c r="AZ28" s="10"/>
       <c r="BA28" s="9"/>
       <c r="BB28" s="10"/>
       <c r="BC28" s="9"/>
       <c r="BD28" s="10"/>
       <c r="BE28" s="9" t="s">
         <v>283</v>
       </c>
       <c r="BF28" s="10"/>
       <c r="BG28" s="9"/>
       <c r="BH28" s="10"/>
       <c r="BI28" s="9"/>
       <c r="BJ28" s="10"/>
       <c r="BK28" s="9"/>
       <c r="BL28" s="10"/>
     </row>
-    <row r="29" spans="1:64" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:64" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="17"/>
       <c r="B29" s="5">
         <v>4</v>
       </c>
       <c r="C29" s="9"/>
       <c r="D29" s="10"/>
       <c r="E29" s="9"/>
       <c r="F29" s="10"/>
       <c r="G29" s="9" t="s">
         <v>103</v>
       </c>
       <c r="H29" s="10"/>
       <c r="I29" s="9"/>
       <c r="J29" s="10"/>
       <c r="K29" s="9"/>
       <c r="L29" s="10"/>
       <c r="M29" s="9" t="s">
         <v>122</v>
       </c>
       <c r="N29" s="10"/>
       <c r="O29" s="9" t="s">
         <v>129</v>
       </c>
       <c r="P29" s="10"/>
       <c r="Q29" s="9"/>
@@ -7370,51 +7326,51 @@
       <c r="AU29" s="9"/>
       <c r="AV29" s="10"/>
       <c r="AW29" s="9" t="s">
         <v>257</v>
       </c>
       <c r="AX29" s="10"/>
       <c r="AY29" s="9" t="s">
         <v>274</v>
       </c>
       <c r="AZ29" s="10"/>
       <c r="BA29" s="9"/>
       <c r="BB29" s="10"/>
       <c r="BC29" s="9"/>
       <c r="BD29" s="10"/>
       <c r="BE29" s="9" t="s">
         <v>284</v>
       </c>
       <c r="BF29" s="10"/>
       <c r="BG29" s="9"/>
       <c r="BH29" s="10"/>
       <c r="BI29" s="9"/>
       <c r="BJ29" s="10"/>
       <c r="BK29" s="9"/>
       <c r="BL29" s="10"/>
     </row>
-    <row r="30" spans="1:64" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:64" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="18"/>
       <c r="B30" s="6">
         <v>5</v>
       </c>
       <c r="C30" s="11"/>
       <c r="D30" s="12"/>
       <c r="E30" s="11"/>
       <c r="F30" s="12"/>
       <c r="G30" s="11"/>
       <c r="H30" s="12"/>
       <c r="I30" s="11"/>
       <c r="J30" s="12"/>
       <c r="K30" s="11"/>
       <c r="L30" s="12"/>
       <c r="M30" s="11" t="s">
         <v>124</v>
       </c>
       <c r="N30" s="12"/>
       <c r="O30" s="11"/>
       <c r="P30" s="12"/>
       <c r="Q30" s="11"/>
       <c r="R30" s="12"/>
       <c r="S30" s="11" t="s">
         <v>139</v>
       </c>
@@ -7448,51 +7404,51 @@
       <c r="AS30" s="11"/>
       <c r="AT30" s="12"/>
       <c r="AU30" s="11"/>
       <c r="AV30" s="12"/>
       <c r="AW30" s="11" t="s">
         <v>258</v>
       </c>
       <c r="AX30" s="12"/>
       <c r="AY30" s="11"/>
       <c r="AZ30" s="12"/>
       <c r="BA30" s="11"/>
       <c r="BB30" s="12"/>
       <c r="BC30" s="11" t="s">
         <v>279</v>
       </c>
       <c r="BD30" s="12"/>
       <c r="BE30" s="11"/>
       <c r="BF30" s="12"/>
       <c r="BG30" s="11"/>
       <c r="BH30" s="12"/>
       <c r="BI30" s="11"/>
       <c r="BJ30" s="12"/>
       <c r="BK30" s="11"/>
       <c r="BL30" s="12"/>
     </row>
-    <row r="31" spans="1:64" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:64" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="16">
         <v>7</v>
       </c>
       <c r="B31" s="4">
         <v>1</v>
       </c>
       <c r="C31" s="7"/>
       <c r="D31" s="8"/>
       <c r="E31" s="7"/>
       <c r="F31" s="8"/>
       <c r="G31" s="7"/>
       <c r="H31" s="8"/>
       <c r="I31" s="7"/>
       <c r="J31" s="8"/>
       <c r="K31" s="7"/>
       <c r="L31" s="8"/>
       <c r="M31" s="7"/>
       <c r="N31" s="8"/>
       <c r="O31" s="7"/>
       <c r="P31" s="8"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="8"/>
       <c r="S31" s="7"/>
       <c r="T31" s="8"/>
       <c r="U31" s="7"/>
@@ -7518,51 +7474,51 @@
       <c r="AO31" s="7"/>
       <c r="AP31" s="8"/>
       <c r="AQ31" s="7"/>
       <c r="AR31" s="8"/>
       <c r="AS31" s="7"/>
       <c r="AT31" s="8"/>
       <c r="AU31" s="7"/>
       <c r="AV31" s="8"/>
       <c r="AW31" s="7"/>
       <c r="AX31" s="8"/>
       <c r="AY31" s="7"/>
       <c r="AZ31" s="8"/>
       <c r="BA31" s="7"/>
       <c r="BB31" s="8"/>
       <c r="BC31" s="7"/>
       <c r="BD31" s="8"/>
       <c r="BE31" s="7"/>
       <c r="BF31" s="8"/>
       <c r="BG31" s="7"/>
       <c r="BH31" s="8"/>
       <c r="BI31" s="7"/>
       <c r="BJ31" s="8"/>
       <c r="BK31" s="7"/>
       <c r="BL31" s="8"/>
     </row>
-    <row r="32" spans="1:64" ht="16.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:64" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="17"/>
       <c r="B32" s="5">
         <v>2</v>
       </c>
       <c r="C32" s="9"/>
       <c r="D32" s="10"/>
       <c r="E32" s="9"/>
       <c r="F32" s="10"/>
       <c r="G32" s="9"/>
       <c r="H32" s="10"/>
       <c r="I32" s="9"/>
       <c r="J32" s="10"/>
       <c r="K32" s="9"/>
       <c r="L32" s="10"/>
       <c r="M32" s="9"/>
       <c r="N32" s="10"/>
       <c r="O32" s="9"/>
       <c r="P32" s="10"/>
       <c r="Q32" s="9"/>
       <c r="R32" s="10"/>
       <c r="S32" s="9"/>
       <c r="T32" s="10"/>
       <c r="U32" s="9"/>
       <c r="V32" s="10"/>
       <c r="W32" s="9"/>
@@ -7588,103 +7544,103 @@
       <c r="AQ32" s="9"/>
       <c r="AR32" s="10"/>
       <c r="AS32" s="9"/>
       <c r="AT32" s="10"/>
       <c r="AU32" s="9"/>
       <c r="AV32" s="10"/>
       <c r="AW32" s="9"/>
       <c r="AX32" s="10"/>
       <c r="AY32" s="9"/>
       <c r="AZ32" s="10"/>
       <c r="BA32" s="9"/>
       <c r="BB32" s="10"/>
       <c r="BC32" s="9"/>
       <c r="BD32" s="10"/>
       <c r="BE32" s="9"/>
       <c r="BF32" s="10"/>
       <c r="BG32" s="9"/>
       <c r="BH32" s="10"/>
       <c r="BI32" s="9"/>
       <c r="BJ32" s="10"/>
       <c r="BK32" s="9"/>
       <c r="BL32" s="10"/>
     </row>
   </sheetData>
   <mergeCells count="42">
+    <mergeCell ref="AY4:AZ4"/>
+    <mergeCell ref="BA4:BB4"/>
+    <mergeCell ref="BC4:BD4"/>
+    <mergeCell ref="BE4:BF4"/>
+    <mergeCell ref="BG4:BH4"/>
+    <mergeCell ref="AO4:AP4"/>
+    <mergeCell ref="AQ4:AR4"/>
+    <mergeCell ref="AS4:AT4"/>
+    <mergeCell ref="AU4:AV4"/>
+    <mergeCell ref="AW4:AX4"/>
+    <mergeCell ref="A1:E2"/>
+    <mergeCell ref="F1:BI1"/>
+    <mergeCell ref="F2:BI2"/>
+    <mergeCell ref="A6:A10"/>
+    <mergeCell ref="A11:A15"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="E4:F4"/>
+    <mergeCell ref="G4:H4"/>
+    <mergeCell ref="BI4:BJ4"/>
+    <mergeCell ref="I4:J4"/>
+    <mergeCell ref="K4:L4"/>
+    <mergeCell ref="M4:N4"/>
+    <mergeCell ref="O4:P4"/>
+    <mergeCell ref="Q4:R4"/>
+    <mergeCell ref="S4:T4"/>
+    <mergeCell ref="U4:V4"/>
     <mergeCell ref="BK4:BL4"/>
     <mergeCell ref="A16:A20"/>
     <mergeCell ref="A21:A25"/>
     <mergeCell ref="A26:A30"/>
     <mergeCell ref="A31:A32"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="W4:X4"/>
     <mergeCell ref="Y4:Z4"/>
     <mergeCell ref="AA4:AB4"/>
     <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="AG4:AH4"/>
     <mergeCell ref="AI4:AJ4"/>
     <mergeCell ref="AK4:AL4"/>
     <mergeCell ref="AM4:AN4"/>
-    <mergeCell ref="A1:E2"/>
-[...24 lines deleted...]
-    <mergeCell ref="BG4:BH4"/>
   </mergeCells>
   <printOptions verticalCentered="1"/>
   <pageMargins left="0.4" right="0" top="0" bottom="0" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Macintosh Excel</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>TKB_LOP_SC</vt:lpstr>
       <vt:lpstr>TKB_GV_SC</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>